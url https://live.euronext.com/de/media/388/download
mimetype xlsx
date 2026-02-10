--- v0 (2025-12-05)
+++ v1 (2026-02-10)
@@ -6,90 +6,90 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
   <workbookPr filterPrivacy="1" codeName="ThisWorkbook"/>
-  <xr:revisionPtr revIDLastSave="246" documentId="13_ncr:1_{77DAB001-416C-45EF-A16C-40D850C4BC96}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{C2D4F776-A895-42B8-93AD-990EA6EF2834}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{ACA2D52A-BEC0-4300-8714-E7BB6489B73C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="9140" yWindow="10780" windowWidth="19420" windowHeight="10300" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-25905" yWindow="-3330" windowWidth="26010" windowHeight="20985" activeTab="2" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Disclaimer" sheetId="6" r:id="rId1"/>
     <sheet name="Summary" sheetId="5" r:id="rId2"/>
     <sheet name="1_Product_list" sheetId="1" r:id="rId3"/>
     <sheet name="COB ticksize tables" sheetId="4" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="1">'1_Product_list'!$A$3:$F$321</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="2">'1_Product_list'!$A$1:$F$289</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="1">'1_Product_list'!$A$3:$F$322</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="2">'1_Product_list'!$A$1:$F$290</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="3">'COB ticksize tables'!$A$1:$C$42</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">Summary!$A$1:$G$70</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2212" uniqueCount="755">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2218" uniqueCount="760">
   <si>
     <t>Disclaimer</t>
   </si>
   <si>
     <t>The content of this publication is provided “as is” without representation or warranty of any kind. Whilst all reasonable care has been taken to ensure the accuracy of the content, Euronext does not guarantee its accuracy or completeness. Euronext will not be held liable for any loss or damages of any nature ensuing from using, trusting or acting on information provided. All proprietary rights and interest in or connected with this publication shall vest in Euronext. No part of it may be redistributed or reproduced in any form without the prior written permission of Euronext.
 © 2025, Euronext N.V. - All rights reserved.</t>
   </si>
   <si>
     <t>Minimum Trading Tick Size</t>
   </si>
   <si>
     <t>Minumum Settlement tick</t>
   </si>
   <si>
     <t>Minumum Expiry (EDSP) tick</t>
   </si>
   <si>
     <t>Underlying*</t>
   </si>
   <si>
     <t>Market Place</t>
   </si>
   <si>
     <t>COB</t>
   </si>
@@ -2297,84 +2297,99 @@
   <si>
     <t>0.0001</t>
   </si>
   <si>
     <t>0.001</t>
   </si>
   <si>
     <t>CAC 40 INDEX (END OF MONTH)</t>
   </si>
   <si>
     <t>AEX-INDEX (END OF MONTH)**</t>
   </si>
   <si>
     <t>AEOM</t>
   </si>
   <si>
     <t>AEX-INDEX End of Month</t>
   </si>
   <si>
     <t>AEX Index options End of Month</t>
   </si>
   <si>
     <t>Euronext Financial Derivatives - 08 December 2025</t>
   </si>
   <si>
-    <t>Listing of CAC 40, AEX End of Month index options; HVA, MAG, UL, UL9, 1UL, 2UL, 4UL, 5UL</t>
-[...1 lines deleted...]
-  <si>
     <t>1UL</t>
   </si>
   <si>
     <t>2UL</t>
   </si>
   <si>
     <t>4UL</t>
   </si>
   <si>
     <t>5UL</t>
   </si>
   <si>
     <t>UL9</t>
   </si>
   <si>
     <t>UL</t>
   </si>
   <si>
     <t>UL9C</t>
   </si>
   <si>
     <t>HVA</t>
   </si>
   <si>
     <t>Havas</t>
   </si>
   <si>
     <t>The Magnum Ice Cream Company</t>
   </si>
   <si>
     <t>MAG</t>
+  </si>
+  <si>
+    <t>CSG</t>
+  </si>
+  <si>
+    <t>1AI</t>
+  </si>
+  <si>
+    <t>2AI</t>
+  </si>
+  <si>
+    <t>5AI</t>
+  </si>
+  <si>
+    <t>4AI</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Listing of CSG </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="5">
     <numFmt numFmtId="164" formatCode="0.0000"/>
     <numFmt numFmtId="165" formatCode="[$€-2]\ #,##0.00;[Red]\-[$€-2]\ #,##0.00"/>
     <numFmt numFmtId="166" formatCode="[$€-2]\ #,##0.0000;[Red]\-[$€-2]\ #,##0.0000"/>
     <numFmt numFmtId="167" formatCode="[$€-2]\ #,##0.000;[Red]\-[$€-2]\ #,##0.000"/>
     <numFmt numFmtId="168" formatCode="0.000"/>
   </numFmts>
   <fonts count="19">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibry"/>
@@ -2727,73 +2742,73 @@
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="168" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="166" fontId="18" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="166" fontId="11" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="168" fontId="11" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="12" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...4 lines deleted...]
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="5">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="3" xr:uid="{AA6BE8A5-A468-4A48-B2DE-1A46A6B62FDF}"/>
     <cellStyle name="Normal 2 2" xfId="1" xr:uid="{7D39DA4F-5C8E-460A-82F9-6C2784B30988}"/>
     <cellStyle name="Normal 3" xfId="2" xr:uid="{00000000-0005-0000-0000-000032000000}"/>
     <cellStyle name="Normal 5" xfId="4" xr:uid="{C7D7C83B-E23A-4B12-8FD7-8EB8E095E808}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF008D7F"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
@@ -3062,153 +3077,153 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7D496957-9D8D-4DB8-94DE-793EA70FC290}">
   <dimension ref="B2:J3"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
+    <sheetView workbookViewId="0">
       <selection activeCell="B3" sqref="B3:J3"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="9.140625" defaultRowHeight="15"/>
   <sheetData>
     <row r="2" spans="2:10">
       <c r="B2" s="27" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="2:10" ht="125.25" customHeight="1">
       <c r="B3" s="52" t="s">
         <v>1</v>
       </c>
       <c r="C3" s="53"/>
       <c r="D3" s="53"/>
       <c r="E3" s="53"/>
       <c r="F3" s="53"/>
       <c r="G3" s="53"/>
       <c r="H3" s="53"/>
       <c r="I3" s="53"/>
       <c r="J3" s="53"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B3:J3"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;C&amp;1#&amp;"Calibri"&amp;10&amp;KFFEF00PRIVATE</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{30E69F52-3537-4D06-A42C-48DED183AC92}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:G507"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="A4" sqref="A4"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8" defaultRowHeight="12.75"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="8" defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="41.85546875" style="14" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="13" style="23" customWidth="1"/>
     <col min="3" max="4" width="30.7109375" style="23" customWidth="1"/>
     <col min="5" max="6" width="16.5703125" style="23" customWidth="1"/>
     <col min="7" max="7" width="16.42578125" style="23" customWidth="1"/>
     <col min="8" max="16384" width="8" style="14"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="29.25" customHeight="1">
-      <c r="A1" s="58" t="s">
+      <c r="A1" s="55" t="s">
         <v>742</v>
       </c>
-      <c r="B1" s="59"/>
-      <c r="C1" s="60" t="s">
+      <c r="B1" s="56"/>
+      <c r="C1" s="57" t="s">
         <v>2</v>
       </c>
-      <c r="D1" s="60"/>
-[...1 lines deleted...]
-      <c r="F1" s="61" t="s">
+      <c r="D1" s="57"/>
+      <c r="E1" s="57"/>
+      <c r="F1" s="58" t="s">
         <v>3</v>
       </c>
-      <c r="G1" s="61" t="s">
+      <c r="G1" s="58" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="15" t="s">
         <v>5</v>
       </c>
       <c r="B2" s="39" t="s">
         <v>6</v>
       </c>
       <c r="C2" s="40" t="s">
         <v>7</v>
       </c>
       <c r="D2" s="40" t="s">
         <v>8</v>
       </c>
       <c r="E2" s="39" t="s">
         <v>9</v>
       </c>
-      <c r="F2" s="60"/>
-      <c r="G2" s="60"/>
+      <c r="F2" s="57"/>
+      <c r="G2" s="57"/>
     </row>
     <row r="3" spans="1:7">
-      <c r="A3" s="55" t="s">
+      <c r="A3" s="54" t="s">
         <v>10</v>
       </c>
-      <c r="B3" s="55"/>
-[...4 lines deleted...]
-      <c r="G3" s="55"/>
+      <c r="B3" s="54"/>
+      <c r="C3" s="54"/>
+      <c r="D3" s="54"/>
+      <c r="E3" s="54"/>
+      <c r="F3" s="54"/>
+      <c r="G3" s="54"/>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" s="16" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="17" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="18">
         <v>0.05</v>
       </c>
       <c r="D4" s="18" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="19">
         <v>1E-4</v>
       </c>
       <c r="F4" s="18">
         <v>0.01</v>
       </c>
       <c r="G4" s="18">
         <v>0.01</v>
       </c>
     </row>
     <row r="5" spans="1:7">
@@ -3719,59 +3734,59 @@
     </row>
     <row r="27" spans="1:7">
       <c r="A27" s="16" t="s">
         <v>37</v>
       </c>
       <c r="B27" s="17" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="18">
         <v>1</v>
       </c>
       <c r="D27" s="18" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="19">
         <v>0.01</v>
       </c>
       <c r="F27" s="18">
         <v>0.01</v>
       </c>
       <c r="G27" s="18">
         <v>0.01</v>
       </c>
     </row>
     <row r="28" spans="1:7">
-      <c r="A28" s="55" t="s">
+      <c r="A28" s="54" t="s">
         <v>38</v>
       </c>
-      <c r="B28" s="55"/>
-[...4 lines deleted...]
-      <c r="G28" s="55"/>
+      <c r="B28" s="54"/>
+      <c r="C28" s="54"/>
+      <c r="D28" s="54"/>
+      <c r="E28" s="54"/>
+      <c r="F28" s="54"/>
+      <c r="G28" s="54"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" s="16" t="s">
         <v>39</v>
       </c>
       <c r="B29" s="17" t="s">
         <v>12</v>
       </c>
       <c r="C29" s="26" t="s">
         <v>40</v>
       </c>
       <c r="D29" s="18" t="s">
         <v>41</v>
       </c>
       <c r="E29" s="19">
         <v>1E-4</v>
       </c>
       <c r="F29" s="18">
         <v>0.01</v>
       </c>
       <c r="G29" s="18">
         <v>0.01</v>
       </c>
     </row>
     <row r="30" spans="1:7">
@@ -4121,93 +4136,93 @@
     </row>
     <row r="45" spans="1:7">
       <c r="A45" s="16" t="s">
         <v>53</v>
       </c>
       <c r="B45" s="17" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="18">
         <v>0.5</v>
       </c>
       <c r="D45" s="18" t="s">
         <v>52</v>
       </c>
       <c r="E45" s="19">
         <v>0.1</v>
       </c>
       <c r="F45" s="18">
         <v>0.01</v>
       </c>
       <c r="G45" s="18">
         <v>0.01</v>
       </c>
     </row>
     <row r="46" spans="1:7">
-      <c r="A46" s="55" t="s">
+      <c r="A46" s="54" t="s">
         <v>54</v>
       </c>
-      <c r="B46" s="55"/>
-[...4 lines deleted...]
-      <c r="G46" s="55"/>
+      <c r="B46" s="54"/>
+      <c r="C46" s="54"/>
+      <c r="D46" s="54"/>
+      <c r="E46" s="54"/>
+      <c r="F46" s="54"/>
+      <c r="G46" s="54"/>
     </row>
     <row r="47" spans="1:7" ht="51.75" customHeight="1">
       <c r="A47" s="31" t="s">
         <v>55</v>
       </c>
       <c r="B47" s="38" t="s">
         <v>722</v>
       </c>
       <c r="C47" s="49" t="s">
         <v>56</v>
       </c>
       <c r="D47" s="49" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="49" t="s">
         <v>57</v>
       </c>
       <c r="F47" s="49" t="s">
         <v>56</v>
       </c>
       <c r="G47" s="49" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="48" spans="1:7">
-      <c r="A48" s="55" t="s">
+      <c r="A48" s="54" t="s">
         <v>58</v>
       </c>
-      <c r="B48" s="55"/>
-[...4 lines deleted...]
-      <c r="G48" s="55"/>
+      <c r="B48" s="54"/>
+      <c r="C48" s="54"/>
+      <c r="D48" s="54"/>
+      <c r="E48" s="54"/>
+      <c r="F48" s="54"/>
+      <c r="G48" s="54"/>
     </row>
     <row r="49" spans="1:7" ht="51">
       <c r="A49" s="16" t="s">
         <v>59</v>
       </c>
       <c r="B49" s="20" t="s">
         <v>12</v>
       </c>
       <c r="C49" s="24" t="s">
         <v>60</v>
       </c>
       <c r="D49" s="21" t="s">
         <v>41</v>
       </c>
       <c r="E49" s="21" t="s">
         <v>61</v>
       </c>
       <c r="F49" s="21" t="s">
         <v>41</v>
       </c>
       <c r="G49" s="21" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="50" spans="1:7" ht="51">
@@ -4304,93 +4319,93 @@
     </row>
     <row r="54" spans="1:7">
       <c r="A54" s="16" t="s">
         <v>62</v>
       </c>
       <c r="B54" s="20" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="21" t="s">
         <v>41</v>
       </c>
       <c r="D54" s="21" t="s">
         <v>41</v>
       </c>
       <c r="E54" s="21" t="s">
         <v>61</v>
       </c>
       <c r="F54" s="21" t="s">
         <v>41</v>
       </c>
       <c r="G54" s="21" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="55" spans="1:7" s="30" customFormat="1">
-      <c r="A55" s="56" t="s">
+      <c r="A55" s="60" t="s">
         <v>64</v>
       </c>
-      <c r="B55" s="56"/>
-[...4 lines deleted...]
-      <c r="G55" s="56"/>
+      <c r="B55" s="60"/>
+      <c r="C55" s="60"/>
+      <c r="D55" s="60"/>
+      <c r="E55" s="60"/>
+      <c r="F55" s="60"/>
+      <c r="G55" s="60"/>
     </row>
     <row r="56" spans="1:7" s="30" customFormat="1" ht="25.5">
       <c r="A56" s="31" t="s">
         <v>59</v>
       </c>
       <c r="B56" s="32" t="s">
         <v>12</v>
       </c>
       <c r="C56" s="33" t="s">
         <v>65</v>
       </c>
       <c r="D56" s="34" t="s">
         <v>41</v>
       </c>
       <c r="E56" s="34" t="s">
         <v>61</v>
       </c>
       <c r="F56" s="34" t="s">
         <v>41</v>
       </c>
       <c r="G56" s="34" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="57" spans="1:7">
-      <c r="A57" s="55" t="s">
+      <c r="A57" s="54" t="s">
         <v>66</v>
       </c>
-      <c r="B57" s="55"/>
-[...4 lines deleted...]
-      <c r="G57" s="55"/>
+      <c r="B57" s="54"/>
+      <c r="C57" s="54"/>
+      <c r="D57" s="54"/>
+      <c r="E57" s="54"/>
+      <c r="F57" s="54"/>
+      <c r="G57" s="54"/>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" s="16" t="s">
         <v>67</v>
       </c>
       <c r="B58" s="17" t="s">
         <v>12</v>
       </c>
       <c r="C58" s="21" t="s">
         <v>732</v>
       </c>
       <c r="D58" s="18" t="s">
         <v>13</v>
       </c>
       <c r="E58" s="22" t="s">
         <v>735</v>
       </c>
       <c r="F58" s="21" t="s">
         <v>732</v>
       </c>
       <c r="G58" s="22" t="s">
         <v>736</v>
       </c>
     </row>
     <row r="59" spans="1:7">
@@ -4418,93 +4433,93 @@
     </row>
     <row r="60" spans="1:7">
       <c r="A60" s="16" t="s">
         <v>68</v>
       </c>
       <c r="B60" s="17" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="21" t="s">
         <v>733</v>
       </c>
       <c r="D60" s="18" t="s">
         <v>13</v>
       </c>
       <c r="E60" s="21" t="s">
         <v>735</v>
       </c>
       <c r="F60" s="21" t="s">
         <v>733</v>
       </c>
       <c r="G60" s="21" t="s">
         <v>732</v>
       </c>
     </row>
     <row r="61" spans="1:7">
-      <c r="A61" s="55" t="s">
+      <c r="A61" s="54" t="s">
         <v>69</v>
       </c>
-      <c r="B61" s="55"/>
-[...4 lines deleted...]
-      <c r="G61" s="55"/>
+      <c r="B61" s="54"/>
+      <c r="C61" s="54"/>
+      <c r="D61" s="54"/>
+      <c r="E61" s="54"/>
+      <c r="F61" s="54"/>
+      <c r="G61" s="54"/>
     </row>
     <row r="62" spans="1:7" ht="51">
       <c r="A62" s="16" t="s">
         <v>62</v>
       </c>
       <c r="B62" s="20" t="s">
         <v>724</v>
       </c>
       <c r="C62" s="50" t="s">
         <v>70</v>
       </c>
       <c r="D62" s="18" t="s">
         <v>13</v>
       </c>
       <c r="E62" s="50" t="s">
         <v>71</v>
       </c>
       <c r="F62" s="50" t="s">
         <v>70</v>
       </c>
       <c r="G62" s="50" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="63" spans="1:7">
-      <c r="A63" s="55" t="s">
+      <c r="A63" s="54" t="s">
         <v>726</v>
       </c>
-      <c r="B63" s="55"/>
-[...4 lines deleted...]
-      <c r="G63" s="55"/>
+      <c r="B63" s="54"/>
+      <c r="C63" s="54"/>
+      <c r="D63" s="54"/>
+      <c r="E63" s="54"/>
+      <c r="F63" s="54"/>
+      <c r="G63" s="54"/>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" s="16" t="s">
         <v>727</v>
       </c>
       <c r="B64" s="17" t="s">
         <v>714</v>
       </c>
       <c r="C64" s="18">
         <v>0.01</v>
       </c>
       <c r="D64" s="18" t="s">
         <v>13</v>
       </c>
       <c r="E64" s="51">
         <v>1E-3</v>
       </c>
       <c r="F64" s="18">
         <v>0.01</v>
       </c>
       <c r="G64" s="18">
         <v>0.01</v>
       </c>
     </row>
     <row r="65" spans="1:7">
@@ -4578,135 +4593,135 @@
     </row>
     <row r="68" spans="1:7">
       <c r="A68" s="16" t="s">
         <v>731</v>
       </c>
       <c r="B68" s="17" t="s">
         <v>714</v>
       </c>
       <c r="C68" s="18">
         <v>0.01</v>
       </c>
       <c r="D68" s="18" t="s">
         <v>13</v>
       </c>
       <c r="E68" s="51">
         <v>1E-3</v>
       </c>
       <c r="F68" s="18">
         <v>0.01</v>
       </c>
       <c r="G68" s="18">
         <v>0.01</v>
       </c>
     </row>
     <row r="69" spans="1:7" ht="25.5" customHeight="1">
-      <c r="A69" s="57" t="s">
+      <c r="A69" s="61" t="s">
         <v>72</v>
       </c>
-      <c r="B69" s="57"/>
-[...4 lines deleted...]
-      <c r="G69" s="57"/>
+      <c r="B69" s="61"/>
+      <c r="C69" s="61"/>
+      <c r="D69" s="61"/>
+      <c r="E69" s="61"/>
+      <c r="F69" s="61"/>
+      <c r="G69" s="61"/>
     </row>
     <row r="70" spans="1:7">
-      <c r="A70" s="54" t="s">
+      <c r="A70" s="59" t="s">
         <v>73</v>
       </c>
-      <c r="B70" s="54"/>
-[...4 lines deleted...]
-      <c r="G70" s="54"/>
+      <c r="B70" s="59"/>
+      <c r="C70" s="59"/>
+      <c r="D70" s="59"/>
+      <c r="E70" s="59"/>
+      <c r="F70" s="59"/>
+      <c r="G70" s="59"/>
     </row>
     <row r="507" ht="43.5" customHeight="1"/>
   </sheetData>
   <mergeCells count="14">
-    <mergeCell ref="A28:G28"/>
-[...4 lines deleted...]
-    <mergeCell ref="A3:G3"/>
     <mergeCell ref="A70:G70"/>
     <mergeCell ref="A46:G46"/>
     <mergeCell ref="A48:G48"/>
     <mergeCell ref="A55:G55"/>
     <mergeCell ref="A57:G57"/>
     <mergeCell ref="A61:G61"/>
     <mergeCell ref="A69:G69"/>
     <mergeCell ref="A63:G63"/>
+    <mergeCell ref="A28:G28"/>
+    <mergeCell ref="A1:B1"/>
+    <mergeCell ref="C1:E1"/>
+    <mergeCell ref="F1:F2"/>
+    <mergeCell ref="G1:G2"/>
+    <mergeCell ref="A3:G3"/>
   </mergeCells>
   <phoneticPr fontId="15" type="noConversion"/>
   <pageMargins left="0.15748031496062992" right="3.937007874015748E-2" top="0.19685039370078741" bottom="0.15748031496062992" header="0.15748031496062992" footer="0.23622047244094491"/>
   <pageSetup scale="67" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;C&amp;1#&amp;"Calibri"&amp;10&amp;KFFEF00PRIVATE</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:G321"/>
+  <dimension ref="A1:G322"/>
   <sheetViews>
-    <sheetView zoomScaleNormal="100" workbookViewId="0">
-[...1 lines deleted...]
-      <selection pane="bottomLeft" activeCell="E73" sqref="E73"/>
+    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+      <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="B2" sqref="B2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="9.140625" defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="14.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="11.42578125" style="1" customWidth="1"/>
     <col min="3" max="3" width="33.42578125" style="1" customWidth="1"/>
     <col min="4" max="4" width="60.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="13.42578125" style="2" customWidth="1"/>
     <col min="6" max="6" width="32.42578125" style="7" bestFit="1" customWidth="1"/>
     <col min="7" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="28" t="s">
         <v>74</v>
       </c>
       <c r="B1" s="43">
-        <v>45999</v>
+        <v>46055</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" s="28" t="s">
         <v>75</v>
       </c>
       <c r="B2" s="1" t="s">
-        <v>743</v>
+        <v>759</v>
       </c>
     </row>
     <row r="3" spans="1:6" s="3" customFormat="1" ht="59.25" customHeight="1">
       <c r="A3" s="41" t="s">
         <v>76</v>
       </c>
       <c r="B3" s="41" t="s">
         <v>77</v>
       </c>
       <c r="C3" s="42" t="s">
         <v>78</v>
       </c>
       <c r="D3" s="41" t="s">
         <v>79</v>
       </c>
       <c r="E3" s="41" t="s">
         <v>80</v>
       </c>
       <c r="F3" s="44" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="4" t="s">
         <v>12</v>
@@ -5436,5688 +5451,5708 @@
       </c>
       <c r="C40" s="4" t="s">
         <v>158</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>161</v>
       </c>
       <c r="E40" s="4" t="s">
         <v>162</v>
       </c>
       <c r="F40" s="45" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B41" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C41" s="4" t="s">
         <v>158</v>
       </c>
       <c r="D41" s="4" t="s">
-        <v>163</v>
+        <v>754</v>
       </c>
       <c r="E41" s="4" t="s">
-        <v>164</v>
+        <v>754</v>
       </c>
       <c r="F41" s="45" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B42" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C42" s="4" t="s">
         <v>158</v>
       </c>
       <c r="D42" s="4" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="E42" s="4" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="F42" s="45" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B43" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C43" s="4" t="s">
         <v>158</v>
       </c>
       <c r="D43" s="4" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="E43" s="4" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="F43" s="45" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B44" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C44" s="4" t="s">
         <v>158</v>
       </c>
       <c r="D44" s="4" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="E44" s="4" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="F44" s="45" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B45" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C45" s="4" t="s">
         <v>158</v>
       </c>
-      <c r="D45" s="46" t="s">
-        <v>171</v>
+      <c r="D45" s="4" t="s">
+        <v>169</v>
       </c>
       <c r="E45" s="4" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="F45" s="45" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="A46" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B46" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C46" s="4" t="s">
         <v>158</v>
       </c>
-      <c r="D46" s="4" t="s">
-        <v>173</v>
+      <c r="D46" s="46" t="s">
+        <v>171</v>
       </c>
       <c r="E46" s="4" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="F46" s="45" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B47" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C47" s="4" t="s">
         <v>158</v>
       </c>
       <c r="D47" s="4" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="E47" s="4" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="F47" s="45" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B48" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C48" s="4" t="s">
         <v>158</v>
       </c>
       <c r="D48" s="4" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="E48" s="4" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="F48" s="45" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B49" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C49" s="4" t="s">
         <v>158</v>
       </c>
       <c r="D49" s="4" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="E49" s="4" t="s">
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="F49" s="45" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="A50" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B50" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C50" s="4" t="s">
         <v>158</v>
       </c>
       <c r="D50" s="4" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="E50" s="4" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="F50" s="45" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B51" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C51" s="4" t="s">
         <v>158</v>
       </c>
       <c r="D51" s="4" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="E51" s="4" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="F51" s="45" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B52" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C52" s="4" t="s">
         <v>158</v>
       </c>
       <c r="D52" s="4" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="E52" s="4" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="F52" s="45" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="A53" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B53" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C53" s="4" t="s">
         <v>158</v>
       </c>
       <c r="D53" s="4" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="E53" s="4" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="F53" s="45" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B54" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C54" s="4" t="s">
         <v>158</v>
       </c>
       <c r="D54" s="4" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="E54" s="4" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="F54" s="45" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B55" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C55" s="4" t="s">
         <v>158</v>
       </c>
       <c r="D55" s="4" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="E55" s="4" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="F55" s="45" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B56" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C56" s="4" t="s">
         <v>158</v>
       </c>
       <c r="D56" s="4" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="E56" s="4" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="F56" s="45" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="A57" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B57" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C57" s="4" t="s">
         <v>158</v>
       </c>
       <c r="D57" s="4" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="E57" s="4" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="F57" s="45" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="58" spans="1:6">
       <c r="A58" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B58" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C58" s="4" t="s">
         <v>158</v>
       </c>
       <c r="D58" s="4" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="E58" s="4" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="F58" s="45" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="A59" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B59" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C59" s="4" t="s">
         <v>158</v>
       </c>
       <c r="D59" s="4" t="s">
-        <v>198</v>
+        <v>196</v>
       </c>
       <c r="E59" s="4" t="s">
-        <v>199</v>
+        <v>197</v>
       </c>
       <c r="F59" s="45" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="60" spans="1:6">
       <c r="A60" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B60" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C60" s="4" t="s">
         <v>158</v>
       </c>
       <c r="D60" s="4" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
       <c r="E60" s="4" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="F60" s="45" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="61" spans="1:6">
       <c r="A61" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B61" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C61" s="4" t="s">
         <v>158</v>
       </c>
       <c r="D61" s="4" t="s">
-        <v>752</v>
+        <v>200</v>
       </c>
       <c r="E61" s="4" t="s">
-        <v>751</v>
+        <v>201</v>
       </c>
       <c r="F61" s="45" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="62" spans="1:6">
       <c r="A62" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B62" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C62" s="4" t="s">
         <v>158</v>
       </c>
       <c r="D62" s="4" t="s">
-        <v>202</v>
+        <v>751</v>
       </c>
       <c r="E62" s="4" t="s">
-        <v>203</v>
+        <v>750</v>
       </c>
       <c r="F62" s="45" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="63" spans="1:6">
       <c r="A63" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B63" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C63" s="4" t="s">
         <v>158</v>
       </c>
-      <c r="D63" s="46" t="s">
-        <v>204</v>
+      <c r="D63" s="4" t="s">
+        <v>202</v>
       </c>
       <c r="E63" s="4" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="F63" s="45" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="64" spans="1:6">
       <c r="A64" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B64" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C64" s="4" t="s">
         <v>158</v>
       </c>
-      <c r="D64" s="4" t="s">
-        <v>206</v>
+      <c r="D64" s="46" t="s">
+        <v>204</v>
       </c>
       <c r="E64" s="4" t="s">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="F64" s="45" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B65" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C65" s="4" t="s">
         <v>158</v>
       </c>
       <c r="D65" s="4" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="E65" s="4" t="s">
-        <v>209</v>
+        <v>207</v>
       </c>
       <c r="F65" s="45" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="66" spans="1:6">
       <c r="A66" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B66" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C66" s="4" t="s">
         <v>158</v>
       </c>
       <c r="D66" s="4" t="s">
-        <v>210</v>
+        <v>208</v>
       </c>
       <c r="E66" s="4" t="s">
-        <v>211</v>
+        <v>209</v>
       </c>
       <c r="F66" s="45" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="67" spans="1:6">
       <c r="A67" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B67" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C67" s="4" t="s">
         <v>158</v>
       </c>
       <c r="D67" s="4" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
       <c r="E67" s="4" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="F67" s="45" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="68" spans="1:6">
       <c r="A68" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B68" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C68" s="4" t="s">
         <v>158</v>
       </c>
       <c r="D68" s="4" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="E68" s="4" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="F68" s="45" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="69" spans="1:6">
       <c r="A69" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B69" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C69" s="4" t="s">
         <v>158</v>
       </c>
       <c r="D69" s="4" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="E69" s="4" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="F69" s="45" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B70" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C70" s="4" t="s">
         <v>158</v>
       </c>
       <c r="D70" s="4" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="E70" s="4" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="F70" s="45" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="71" spans="1:6">
       <c r="A71" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B71" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C71" s="4" t="s">
         <v>158</v>
       </c>
       <c r="D71" s="4" t="s">
-        <v>219</v>
+        <v>217</v>
       </c>
       <c r="E71" s="4" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="F71" s="45" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="72" spans="1:6">
       <c r="A72" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B72" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C72" s="4" t="s">
         <v>158</v>
       </c>
-      <c r="D72" s="46" t="s">
-        <v>221</v>
+      <c r="D72" s="4" t="s">
+        <v>219</v>
       </c>
       <c r="E72" s="4" t="s">
-        <v>222</v>
+        <v>220</v>
       </c>
       <c r="F72" s="45" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B73" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C73" s="4" t="s">
         <v>158</v>
       </c>
       <c r="D73" s="46" t="s">
-        <v>753</v>
+        <v>221</v>
       </c>
       <c r="E73" s="4" t="s">
-        <v>754</v>
+        <v>222</v>
       </c>
       <c r="F73" s="45" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="74" spans="1:6">
       <c r="A74" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B74" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C74" s="4" t="s">
         <v>158</v>
       </c>
-      <c r="D74" s="4" t="s">
-        <v>223</v>
+      <c r="D74" s="46" t="s">
+        <v>752</v>
       </c>
       <c r="E74" s="4" t="s">
-        <v>224</v>
+        <v>753</v>
       </c>
       <c r="F74" s="45" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="75" spans="1:6">
       <c r="A75" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B75" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C75" s="4" t="s">
         <v>158</v>
       </c>
       <c r="D75" s="4" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="E75" s="4" t="s">
-        <v>226</v>
+        <v>224</v>
       </c>
       <c r="F75" s="45" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="76" spans="1:6">
       <c r="A76" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B76" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C76" s="4" t="s">
         <v>158</v>
       </c>
-      <c r="D76" s="46" t="s">
-        <v>227</v>
+      <c r="D76" s="4" t="s">
+        <v>225</v>
       </c>
       <c r="E76" s="4" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="F76" s="45" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="77" spans="1:6">
       <c r="A77" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B77" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C77" s="4" t="s">
         <v>158</v>
       </c>
-      <c r="D77" s="4" t="s">
-        <v>229</v>
+      <c r="D77" s="46" t="s">
+        <v>227</v>
       </c>
       <c r="E77" s="4" t="s">
-        <v>230</v>
+        <v>228</v>
       </c>
       <c r="F77" s="45" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="78" spans="1:6">
       <c r="A78" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B78" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C78" s="4" t="s">
-        <v>231</v>
+        <v>158</v>
       </c>
       <c r="D78" s="4" t="s">
-        <v>232</v>
+        <v>229</v>
       </c>
       <c r="E78" s="4" t="s">
-        <v>233</v>
+        <v>230</v>
       </c>
       <c r="F78" s="45" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="79" spans="1:6">
       <c r="A79" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B79" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C79" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D79" s="4" t="s">
-        <v>234</v>
+        <v>232</v>
       </c>
       <c r="E79" s="4" t="s">
-        <v>235</v>
+        <v>233</v>
       </c>
       <c r="F79" s="45" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="80" spans="1:6">
       <c r="A80" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B80" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C80" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D80" s="4" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="E80" s="4" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="F80" s="45" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="81" spans="1:6">
       <c r="A81" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B81" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C81" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D81" s="4" t="s">
-        <v>238</v>
+        <v>236</v>
       </c>
       <c r="E81" s="4" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="F81" s="45" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="82" spans="1:6">
       <c r="A82" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B82" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C82" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D82" s="4" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="E82" s="4" t="s">
-        <v>177</v>
+        <v>239</v>
       </c>
       <c r="F82" s="45" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="83" spans="1:6">
       <c r="A83" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B83" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C83" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D83" s="4" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="E83" s="4" t="s">
         <v>177</v>
       </c>
       <c r="F83" s="45" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="84" spans="1:6">
       <c r="A84" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B84" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C84" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D84" s="4" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="E84" s="4" t="s">
         <v>177</v>
       </c>
       <c r="F84" s="45" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="85" spans="1:6">
       <c r="A85" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B85" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C85" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D85" s="4" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="E85" s="4" t="s">
         <v>177</v>
       </c>
       <c r="F85" s="45" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="86" spans="1:6">
       <c r="A86" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B86" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C86" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D86" s="4" t="s">
-        <v>244</v>
+        <v>243</v>
       </c>
       <c r="E86" s="4" t="s">
-        <v>185</v>
+        <v>177</v>
       </c>
       <c r="F86" s="45" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="87" spans="1:6">
       <c r="A87" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B87" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C87" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D87" s="4" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
       <c r="E87" s="4" t="s">
         <v>185</v>
       </c>
       <c r="F87" s="45" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="88" spans="1:6">
       <c r="A88" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B88" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C88" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D88" s="4" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
       <c r="E88" s="4" t="s">
         <v>185</v>
       </c>
       <c r="F88" s="45" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="89" spans="1:6">
       <c r="A89" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B89" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C89" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D89" s="4" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="E89" s="4" t="s">
         <v>185</v>
       </c>
       <c r="F89" s="45" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="90" spans="1:6">
       <c r="A90" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B90" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C90" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D90" s="4" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="E90" s="4" t="s">
-        <v>249</v>
+        <v>185</v>
       </c>
       <c r="F90" s="45" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="91" spans="1:6">
       <c r="A91" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B91" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C91" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D91" s="4" t="s">
-        <v>250</v>
+        <v>248</v>
       </c>
       <c r="E91" s="4" t="s">
-        <v>251</v>
+        <v>249</v>
       </c>
       <c r="F91" s="45" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="92" spans="1:6">
       <c r="A92" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B92" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C92" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D92" s="4" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="E92" s="4" t="s">
-        <v>253</v>
+        <v>251</v>
       </c>
       <c r="F92" s="45" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="93" spans="1:6">
       <c r="A93" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B93" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C93" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D93" s="4" t="s">
-        <v>254</v>
+        <v>252</v>
       </c>
       <c r="E93" s="4" t="s">
-        <v>255</v>
+        <v>253</v>
       </c>
       <c r="F93" s="45" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="94" spans="1:6">
       <c r="A94" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B94" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C94" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D94" s="4" t="s">
-        <v>256</v>
+        <v>254</v>
       </c>
       <c r="E94" s="4" t="s">
-        <v>257</v>
+        <v>255</v>
       </c>
       <c r="F94" s="45" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="95" spans="1:6">
       <c r="A95" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B95" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C95" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D95" s="4" t="s">
-        <v>258</v>
+        <v>256</v>
       </c>
       <c r="E95" s="4" t="s">
-        <v>259</v>
+        <v>257</v>
       </c>
       <c r="F95" s="45" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="96" spans="1:6">
       <c r="A96" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B96" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C96" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D96" s="4" t="s">
-        <v>260</v>
+        <v>258</v>
       </c>
       <c r="E96" s="4" t="s">
-        <v>261</v>
+        <v>259</v>
       </c>
       <c r="F96" s="45" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="97" spans="1:6">
       <c r="A97" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B97" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C97" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D97" s="4" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
       <c r="E97" s="4" t="s">
-        <v>263</v>
+        <v>261</v>
       </c>
       <c r="F97" s="45" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="98" spans="1:6">
       <c r="A98" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B98" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C98" s="4" t="s">
-        <v>264</v>
+        <v>231</v>
       </c>
       <c r="D98" s="4" t="s">
-        <v>265</v>
+        <v>262</v>
       </c>
       <c r="E98" s="4" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="F98" s="45" t="s">
-        <v>86</v>
+        <v>142</v>
       </c>
     </row>
     <row r="99" spans="1:6">
       <c r="A99" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B99" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C99" s="4" t="s">
-        <v>158</v>
+        <v>264</v>
       </c>
       <c r="D99" s="4" t="s">
-        <v>267</v>
+        <v>265</v>
       </c>
       <c r="E99" s="4" t="s">
-        <v>268</v>
+        <v>266</v>
       </c>
       <c r="F99" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="100" spans="1:6">
       <c r="A100" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B100" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C100" s="4" t="s">
         <v>158</v>
       </c>
-      <c r="D100" s="46" t="s">
-        <v>269</v>
+      <c r="D100" s="4" t="s">
+        <v>267</v>
       </c>
       <c r="E100" s="4" t="s">
-        <v>270</v>
+        <v>268</v>
       </c>
       <c r="F100" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="101" spans="1:6">
       <c r="A101" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B101" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C101" s="4" t="s">
         <v>158</v>
       </c>
-      <c r="D101" s="4" t="s">
-        <v>271</v>
+      <c r="D101" s="46" t="s">
+        <v>269</v>
       </c>
       <c r="E101" s="4" t="s">
-        <v>272</v>
+        <v>270</v>
       </c>
       <c r="F101" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="102" spans="1:6">
       <c r="A102" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B102" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C102" s="4" t="s">
         <v>158</v>
       </c>
       <c r="D102" s="4" t="s">
-        <v>273</v>
+        <v>271</v>
       </c>
       <c r="E102" s="4" t="s">
-        <v>274</v>
+        <v>272</v>
       </c>
       <c r="F102" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="103" spans="1:6">
       <c r="A103" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B103" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C103" s="4" t="s">
         <v>158</v>
       </c>
       <c r="D103" s="4" t="s">
-        <v>275</v>
+        <v>273</v>
       </c>
       <c r="E103" s="4" t="s">
-        <v>276</v>
+        <v>274</v>
       </c>
       <c r="F103" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="104" spans="1:6">
       <c r="A104" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B104" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C104" s="4" t="s">
         <v>158</v>
       </c>
       <c r="D104" s="4" t="s">
-        <v>277</v>
+        <v>275</v>
       </c>
       <c r="E104" s="4" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="F104" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="105" spans="1:6">
       <c r="A105" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B105" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C105" s="4" t="s">
         <v>158</v>
       </c>
       <c r="D105" s="4" t="s">
-        <v>279</v>
+        <v>277</v>
       </c>
       <c r="E105" s="4" t="s">
-        <v>280</v>
+        <v>278</v>
       </c>
       <c r="F105" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="106" spans="1:6">
       <c r="A106" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B106" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C106" s="4" t="s">
         <v>158</v>
       </c>
       <c r="D106" s="4" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
       <c r="E106" s="4" t="s">
-        <v>282</v>
+        <v>280</v>
       </c>
       <c r="F106" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="107" spans="1:6">
       <c r="A107" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B107" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C107" s="4" t="s">
         <v>158</v>
       </c>
       <c r="D107" s="4" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="E107" s="4" t="s">
-        <v>284</v>
+        <v>282</v>
       </c>
       <c r="F107" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="108" spans="1:6">
       <c r="A108" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B108" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C108" s="4" t="s">
         <v>158</v>
       </c>
       <c r="D108" s="4" t="s">
-        <v>285</v>
+        <v>283</v>
       </c>
       <c r="E108" s="4" t="s">
-        <v>286</v>
+        <v>284</v>
       </c>
       <c r="F108" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="109" spans="1:6">
       <c r="A109" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B109" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C109" s="4" t="s">
         <v>158</v>
       </c>
       <c r="D109" s="4" t="s">
-        <v>287</v>
+        <v>285</v>
       </c>
       <c r="E109" s="4" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="F109" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="110" spans="1:6">
       <c r="A110" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B110" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C110" s="4" t="s">
         <v>158</v>
       </c>
       <c r="D110" s="4" t="s">
-        <v>288</v>
+        <v>287</v>
       </c>
       <c r="E110" s="4" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="F110" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="111" spans="1:6">
       <c r="A111" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B111" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C111" s="4" t="s">
         <v>158</v>
       </c>
       <c r="D111" s="4" t="s">
-        <v>290</v>
+        <v>288</v>
       </c>
       <c r="E111" s="4" t="s">
-        <v>291</v>
+        <v>289</v>
       </c>
       <c r="F111" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="112" spans="1:6">
       <c r="A112" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B112" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C112" s="4" t="s">
         <v>158</v>
       </c>
       <c r="D112" s="4" t="s">
-        <v>292</v>
+        <v>290</v>
       </c>
       <c r="E112" s="4" t="s">
-        <v>293</v>
+        <v>291</v>
       </c>
       <c r="F112" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="113" spans="1:6">
       <c r="A113" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B113" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C113" s="4" t="s">
         <v>158</v>
       </c>
       <c r="D113" s="4" t="s">
-        <v>294</v>
+        <v>292</v>
       </c>
       <c r="E113" s="4" t="s">
-        <v>295</v>
+        <v>293</v>
       </c>
       <c r="F113" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="114" spans="1:6">
       <c r="A114" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B114" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C114" s="4" t="s">
         <v>158</v>
       </c>
       <c r="D114" s="4" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="E114" s="4" t="s">
-        <v>297</v>
+        <v>295</v>
       </c>
       <c r="F114" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="115" spans="1:6">
       <c r="A115" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B115" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C115" s="4" t="s">
         <v>158</v>
       </c>
       <c r="D115" s="4" t="s">
-        <v>298</v>
+        <v>296</v>
       </c>
       <c r="E115" s="4" t="s">
-        <v>299</v>
+        <v>297</v>
       </c>
       <c r="F115" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="116" spans="1:6">
       <c r="A116" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B116" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C116" s="4" t="s">
         <v>158</v>
       </c>
       <c r="D116" s="4" t="s">
-        <v>300</v>
+        <v>298</v>
       </c>
       <c r="E116" s="4" t="s">
-        <v>301</v>
+        <v>299</v>
       </c>
       <c r="F116" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="117" spans="1:6">
       <c r="A117" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B117" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C117" s="4" t="s">
         <v>158</v>
       </c>
       <c r="D117" s="4" t="s">
-        <v>302</v>
+        <v>300</v>
       </c>
       <c r="E117" s="4" t="s">
-        <v>303</v>
+        <v>301</v>
       </c>
       <c r="F117" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="118" spans="1:6">
       <c r="A118" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B118" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C118" s="4" t="s">
         <v>158</v>
       </c>
-      <c r="D118" s="46" t="s">
-        <v>304</v>
+      <c r="D118" s="4" t="s">
+        <v>302</v>
       </c>
       <c r="E118" s="4" t="s">
-        <v>305</v>
+        <v>303</v>
       </c>
       <c r="F118" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="119" spans="1:6">
       <c r="A119" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B119" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C119" s="4" t="s">
         <v>158</v>
       </c>
       <c r="D119" s="46" t="s">
-        <v>306</v>
+        <v>304</v>
       </c>
       <c r="E119" s="4" t="s">
-        <v>307</v>
+        <v>305</v>
       </c>
       <c r="F119" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="120" spans="1:6">
       <c r="A120" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B120" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C120" s="4" t="s">
         <v>158</v>
       </c>
-      <c r="D120" s="4" t="s">
-        <v>308</v>
+      <c r="D120" s="46" t="s">
+        <v>306</v>
       </c>
       <c r="E120" s="4" t="s">
-        <v>309</v>
+        <v>307</v>
       </c>
       <c r="F120" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="121" spans="1:6">
       <c r="A121" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B121" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C121" s="4" t="s">
         <v>158</v>
       </c>
       <c r="D121" s="4" t="s">
-        <v>310</v>
+        <v>308</v>
       </c>
       <c r="E121" s="4" t="s">
-        <v>749</v>
+        <v>309</v>
       </c>
       <c r="F121" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="122" spans="1:6">
       <c r="A122" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B122" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C122" s="4" t="s">
         <v>158</v>
       </c>
       <c r="D122" s="4" t="s">
-        <v>311</v>
+        <v>310</v>
       </c>
       <c r="E122" s="4" t="s">
-        <v>312</v>
+        <v>748</v>
       </c>
       <c r="F122" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="123" spans="1:6">
       <c r="A123" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B123" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C123" s="4" t="s">
         <v>158</v>
       </c>
       <c r="D123" s="4" t="s">
-        <v>313</v>
+        <v>311</v>
       </c>
       <c r="E123" s="4" t="s">
-        <v>314</v>
+        <v>312</v>
       </c>
       <c r="F123" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="124" spans="1:6">
       <c r="A124" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B124" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C124" s="4" t="s">
-        <v>231</v>
+        <v>158</v>
       </c>
       <c r="D124" s="4" t="s">
-        <v>315</v>
+        <v>313</v>
       </c>
       <c r="E124" s="4" t="s">
-        <v>160</v>
+        <v>314</v>
       </c>
       <c r="F124" s="45" t="s">
-        <v>142</v>
+        <v>86</v>
       </c>
     </row>
     <row r="125" spans="1:6">
       <c r="A125" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B125" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C125" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D125" s="4" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="E125" s="4" t="s">
         <v>160</v>
       </c>
       <c r="F125" s="45" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="126" spans="1:6">
       <c r="A126" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B126" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C126" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D126" s="4" t="s">
-        <v>317</v>
+        <v>316</v>
       </c>
       <c r="E126" s="4" t="s">
         <v>160</v>
       </c>
       <c r="F126" s="45" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="127" spans="1:6">
       <c r="A127" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B127" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C127" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D127" s="4" t="s">
-        <v>318</v>
+        <v>317</v>
       </c>
       <c r="E127" s="4" t="s">
         <v>160</v>
       </c>
       <c r="F127" s="45" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="128" spans="1:6">
       <c r="A128" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B128" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C128" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D128" s="4" t="s">
-        <v>319</v>
+        <v>318</v>
       </c>
       <c r="E128" s="4" t="s">
-        <v>320</v>
+        <v>160</v>
       </c>
       <c r="F128" s="45" t="s">
-        <v>86</v>
+        <v>142</v>
       </c>
     </row>
     <row r="129" spans="1:6">
       <c r="A129" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B129" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C129" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D129" s="4" t="s">
-        <v>321</v>
+        <v>319</v>
       </c>
       <c r="E129" s="4" t="s">
-        <v>322</v>
+        <v>320</v>
       </c>
       <c r="F129" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="130" spans="1:6">
       <c r="A130" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B130" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C130" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D130" s="4" t="s">
-        <v>323</v>
+        <v>321</v>
       </c>
       <c r="E130" s="4" t="s">
-        <v>324</v>
+        <v>322</v>
       </c>
       <c r="F130" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="131" spans="1:6">
       <c r="A131" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B131" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C131" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D131" s="4" t="s">
-        <v>325</v>
+        <v>323</v>
       </c>
       <c r="E131" s="4" t="s">
-        <v>326</v>
+        <v>324</v>
       </c>
       <c r="F131" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="132" spans="1:6">
       <c r="A132" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B132" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C132" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D132" s="4" t="s">
-        <v>327</v>
+        <v>325</v>
       </c>
       <c r="E132" s="4" t="s">
-        <v>328</v>
+        <v>326</v>
       </c>
       <c r="F132" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="133" spans="1:6">
       <c r="A133" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B133" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C133" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D133" s="4" t="s">
-        <v>329</v>
+        <v>327</v>
       </c>
       <c r="E133" s="4" t="s">
-        <v>330</v>
+        <v>328</v>
       </c>
       <c r="F133" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="134" spans="1:6">
       <c r="A134" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B134" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C134" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D134" s="4" t="s">
-        <v>331</v>
+        <v>329</v>
       </c>
       <c r="E134" s="4" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="F134" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="135" spans="1:6">
       <c r="A135" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B135" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C135" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D135" s="4" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="E135" s="4" t="s">
-        <v>334</v>
+        <v>332</v>
       </c>
       <c r="F135" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="136" spans="1:6">
       <c r="A136" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B136" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C136" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D136" s="4" t="s">
-        <v>335</v>
+        <v>333</v>
       </c>
       <c r="E136" s="4" t="s">
-        <v>336</v>
+        <v>334</v>
       </c>
       <c r="F136" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="137" spans="1:6">
       <c r="A137" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B137" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C137" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D137" s="4" t="s">
-        <v>337</v>
+        <v>335</v>
       </c>
       <c r="E137" s="4" t="s">
-        <v>338</v>
+        <v>336</v>
       </c>
       <c r="F137" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="138" spans="1:6">
       <c r="A138" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B138" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C138" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D138" s="4" t="s">
-        <v>339</v>
+        <v>337</v>
       </c>
       <c r="E138" s="4" t="s">
-        <v>340</v>
+        <v>338</v>
       </c>
       <c r="F138" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="139" spans="1:6">
       <c r="A139" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B139" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C139" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D139" s="4" t="s">
-        <v>341</v>
+        <v>339</v>
       </c>
       <c r="E139" s="4" t="s">
-        <v>342</v>
+        <v>340</v>
       </c>
       <c r="F139" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="140" spans="1:6">
       <c r="A140" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B140" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C140" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D140" s="4" t="s">
-        <v>343</v>
+        <v>341</v>
       </c>
       <c r="E140" s="4" t="s">
-        <v>344</v>
+        <v>342</v>
       </c>
       <c r="F140" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="141" spans="1:6">
       <c r="A141" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B141" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C141" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D141" s="4" t="s">
-        <v>345</v>
+        <v>343</v>
       </c>
       <c r="E141" s="4" t="s">
-        <v>346</v>
+        <v>344</v>
       </c>
       <c r="F141" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="142" spans="1:6">
       <c r="A142" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B142" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C142" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D142" s="4" t="s">
-        <v>347</v>
+        <v>345</v>
       </c>
       <c r="E142" s="4" t="s">
-        <v>348</v>
+        <v>346</v>
       </c>
       <c r="F142" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="143" spans="1:6">
       <c r="A143" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B143" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C143" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D143" s="4" t="s">
-        <v>349</v>
+        <v>347</v>
       </c>
       <c r="E143" s="4" t="s">
-        <v>350</v>
+        <v>348</v>
       </c>
       <c r="F143" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="144" spans="1:6">
       <c r="A144" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B144" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C144" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D144" s="4" t="s">
-        <v>351</v>
+        <v>349</v>
       </c>
       <c r="E144" s="4" t="s">
-        <v>352</v>
+        <v>350</v>
       </c>
       <c r="F144" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="145" spans="1:6">
       <c r="A145" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B145" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C145" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D145" s="4" t="s">
-        <v>353</v>
+        <v>351</v>
       </c>
       <c r="E145" s="4" t="s">
-        <v>354</v>
+        <v>352</v>
       </c>
       <c r="F145" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="146" spans="1:6">
       <c r="A146" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B146" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C146" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D146" s="4" t="s">
-        <v>355</v>
+        <v>353</v>
       </c>
       <c r="E146" s="4" t="s">
-        <v>356</v>
+        <v>354</v>
       </c>
       <c r="F146" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="147" spans="1:6">
       <c r="A147" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B147" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C147" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D147" s="4" t="s">
-        <v>357</v>
+        <v>355</v>
       </c>
       <c r="E147" s="4" t="s">
-        <v>358</v>
+        <v>356</v>
       </c>
       <c r="F147" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="148" spans="1:6">
       <c r="A148" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B148" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C148" s="4" t="s">
-        <v>158</v>
+        <v>231</v>
       </c>
       <c r="D148" s="4" t="s">
-        <v>359</v>
+        <v>357</v>
       </c>
       <c r="E148" s="4" t="s">
-        <v>278</v>
+        <v>358</v>
       </c>
       <c r="F148" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="149" spans="1:6">
       <c r="A149" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B149" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C149" s="4" t="s">
-        <v>158</v>
+        <v>231</v>
       </c>
       <c r="D149" s="4" t="s">
-        <v>360</v>
+        <v>359</v>
       </c>
       <c r="E149" s="4" t="s">
-        <v>278</v>
+        <v>755</v>
       </c>
       <c r="F149" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="150" spans="1:6">
       <c r="A150" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B150" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C150" s="4" t="s">
-        <v>158</v>
+        <v>231</v>
       </c>
       <c r="D150" s="4" t="s">
-        <v>361</v>
+        <v>360</v>
       </c>
       <c r="E150" s="4" t="s">
-        <v>278</v>
+        <v>756</v>
       </c>
       <c r="F150" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="151" spans="1:6">
       <c r="A151" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B151" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C151" s="4" t="s">
-        <v>158</v>
+        <v>231</v>
       </c>
       <c r="D151" s="4" t="s">
-        <v>362</v>
+        <v>361</v>
       </c>
       <c r="E151" s="4" t="s">
-        <v>278</v>
+        <v>758</v>
       </c>
       <c r="F151" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="152" spans="1:6">
       <c r="A152" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B152" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C152" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D152" s="4" t="s">
-        <v>363</v>
+        <v>362</v>
       </c>
       <c r="E152" s="4" t="s">
-        <v>364</v>
+        <v>757</v>
       </c>
       <c r="F152" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="153" spans="1:6">
       <c r="A153" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B153" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C153" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D153" s="4" t="s">
-        <v>365</v>
+        <v>363</v>
       </c>
       <c r="E153" s="4" t="s">
-        <v>366</v>
+        <v>364</v>
       </c>
       <c r="F153" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="154" spans="1:6">
       <c r="A154" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B154" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C154" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D154" s="4" t="s">
-        <v>367</v>
+        <v>365</v>
       </c>
       <c r="E154" s="4" t="s">
-        <v>368</v>
+        <v>366</v>
       </c>
       <c r="F154" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="155" spans="1:6">
       <c r="A155" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B155" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C155" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D155" s="4" t="s">
-        <v>369</v>
+        <v>367</v>
       </c>
       <c r="E155" s="4" t="s">
-        <v>370</v>
+        <v>368</v>
       </c>
       <c r="F155" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="156" spans="1:6">
       <c r="A156" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B156" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C156" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D156" s="4" t="s">
-        <v>371</v>
+        <v>369</v>
       </c>
       <c r="E156" s="4" t="s">
-        <v>372</v>
+        <v>370</v>
       </c>
       <c r="F156" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="157" spans="1:6">
       <c r="A157" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B157" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C157" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D157" s="4" t="s">
-        <v>373</v>
+        <v>371</v>
       </c>
       <c r="E157" s="4" t="s">
-        <v>374</v>
+        <v>372</v>
       </c>
       <c r="F157" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="158" spans="1:6">
       <c r="A158" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B158" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C158" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D158" s="4" t="s">
-        <v>375</v>
+        <v>373</v>
       </c>
       <c r="E158" s="4" t="s">
-        <v>376</v>
+        <v>374</v>
       </c>
       <c r="F158" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="159" spans="1:6">
       <c r="A159" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B159" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C159" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D159" s="4" t="s">
-        <v>377</v>
+        <v>375</v>
       </c>
       <c r="E159" s="4" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="F159" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="160" spans="1:6">
       <c r="A160" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B160" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C160" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D160" s="4" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="E160" s="4" t="s">
-        <v>380</v>
+        <v>378</v>
       </c>
       <c r="F160" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="161" spans="1:6">
       <c r="A161" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B161" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C161" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D161" s="4" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="E161" s="4" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="F161" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="162" spans="1:6">
       <c r="A162" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B162" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C162" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D162" s="4" t="s">
-        <v>383</v>
+        <v>381</v>
       </c>
       <c r="E162" s="4" t="s">
-        <v>384</v>
+        <v>382</v>
       </c>
       <c r="F162" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="163" spans="1:6">
       <c r="A163" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B163" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C163" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D163" s="4" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="E163" s="4" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
       <c r="F163" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="164" spans="1:6">
       <c r="A164" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B164" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C164" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D164" s="4" t="s">
-        <v>387</v>
+        <v>385</v>
       </c>
       <c r="E164" s="4" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="F164" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="165" spans="1:6">
       <c r="A165" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B165" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C165" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D165" s="4" t="s">
-        <v>389</v>
+        <v>387</v>
       </c>
       <c r="E165" s="4" t="s">
-        <v>390</v>
+        <v>388</v>
       </c>
       <c r="F165" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="166" spans="1:6">
       <c r="A166" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B166" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C166" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D166" s="4" t="s">
-        <v>391</v>
+        <v>389</v>
       </c>
       <c r="E166" s="4" t="s">
-        <v>392</v>
+        <v>390</v>
       </c>
       <c r="F166" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="167" spans="1:6">
       <c r="A167" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B167" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C167" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D167" s="4" t="s">
-        <v>393</v>
+        <v>391</v>
       </c>
       <c r="E167" s="4" t="s">
-        <v>394</v>
+        <v>392</v>
       </c>
       <c r="F167" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="168" spans="1:6">
       <c r="A168" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B168" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C168" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D168" s="4" t="s">
-        <v>395</v>
+        <v>393</v>
       </c>
       <c r="E168" s="4" t="s">
-        <v>396</v>
+        <v>394</v>
       </c>
       <c r="F168" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="169" spans="1:6">
       <c r="A169" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B169" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C169" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D169" s="4" t="s">
-        <v>397</v>
+        <v>395</v>
       </c>
       <c r="E169" s="4" t="s">
-        <v>398</v>
+        <v>396</v>
       </c>
       <c r="F169" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="170" spans="1:6">
       <c r="A170" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B170" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C170" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D170" s="4" t="s">
-        <v>399</v>
+        <v>397</v>
       </c>
       <c r="E170" s="4" t="s">
-        <v>400</v>
+        <v>398</v>
       </c>
       <c r="F170" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="171" spans="1:6">
       <c r="A171" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B171" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C171" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D171" s="4" t="s">
-        <v>401</v>
+        <v>399</v>
       </c>
       <c r="E171" s="4" t="s">
-        <v>402</v>
+        <v>400</v>
       </c>
       <c r="F171" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="172" spans="1:6">
       <c r="A172" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B172" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C172" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D172" s="4" t="s">
-        <v>403</v>
+        <v>401</v>
       </c>
       <c r="E172" s="4" t="s">
-        <v>404</v>
+        <v>402</v>
       </c>
       <c r="F172" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="173" spans="1:6">
       <c r="A173" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B173" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C173" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D173" s="4" t="s">
-        <v>405</v>
+        <v>403</v>
       </c>
       <c r="E173" s="4" t="s">
-        <v>406</v>
+        <v>404</v>
       </c>
       <c r="F173" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="174" spans="1:6">
       <c r="A174" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B174" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C174" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D174" s="4" t="s">
-        <v>407</v>
+        <v>405</v>
       </c>
       <c r="E174" s="4" t="s">
-        <v>408</v>
+        <v>406</v>
       </c>
       <c r="F174" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="175" spans="1:6">
       <c r="A175" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B175" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C175" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D175" s="4" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
       <c r="E175" s="4" t="s">
-        <v>410</v>
+        <v>408</v>
       </c>
       <c r="F175" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="176" spans="1:6">
       <c r="A176" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B176" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C176" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D176" s="4" t="s">
-        <v>411</v>
+        <v>409</v>
       </c>
       <c r="E176" s="4" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="F176" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="177" spans="1:6">
       <c r="A177" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B177" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C177" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D177" s="4" t="s">
-        <v>413</v>
+        <v>411</v>
       </c>
       <c r="E177" s="4" t="s">
-        <v>414</v>
+        <v>412</v>
       </c>
       <c r="F177" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="178" spans="1:6">
       <c r="A178" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B178" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C178" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D178" s="4" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
       <c r="E178" s="4" t="s">
-        <v>416</v>
+        <v>414</v>
       </c>
       <c r="F178" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="179" spans="1:6">
       <c r="A179" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B179" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C179" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D179" s="4" t="s">
-        <v>417</v>
+        <v>415</v>
       </c>
       <c r="E179" s="4" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="F179" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="180" spans="1:6">
       <c r="A180" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B180" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C180" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D180" s="4" t="s">
-        <v>419</v>
+        <v>417</v>
       </c>
       <c r="E180" s="4" t="s">
-        <v>420</v>
+        <v>418</v>
       </c>
       <c r="F180" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="181" spans="1:6">
       <c r="A181" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B181" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C181" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D181" s="4" t="s">
-        <v>421</v>
+        <v>419</v>
       </c>
       <c r="E181" s="4" t="s">
-        <v>422</v>
+        <v>420</v>
       </c>
       <c r="F181" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="182" spans="1:6">
       <c r="A182" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B182" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C182" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D182" s="4" t="s">
-        <v>423</v>
+        <v>421</v>
       </c>
       <c r="E182" s="4" t="s">
-        <v>424</v>
+        <v>422</v>
       </c>
       <c r="F182" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="183" spans="1:6">
       <c r="A183" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B183" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C183" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D183" s="4" t="s">
-        <v>425</v>
+        <v>423</v>
       </c>
       <c r="E183" s="4" t="s">
-        <v>426</v>
+        <v>424</v>
       </c>
       <c r="F183" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="184" spans="1:6">
       <c r="A184" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B184" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C184" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D184" s="4" t="s">
-        <v>427</v>
+        <v>425</v>
       </c>
       <c r="E184" s="4" t="s">
-        <v>744</v>
+        <v>426</v>
       </c>
       <c r="F184" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="185" spans="1:6">
       <c r="A185" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B185" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C185" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D185" s="4" t="s">
-        <v>428</v>
+        <v>427</v>
       </c>
       <c r="E185" s="4" t="s">
-        <v>745</v>
+        <v>743</v>
       </c>
       <c r="F185" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="186" spans="1:6">
       <c r="A186" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B186" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C186" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D186" s="4" t="s">
-        <v>429</v>
+        <v>428</v>
       </c>
       <c r="E186" s="4" t="s">
-        <v>746</v>
+        <v>744</v>
       </c>
       <c r="F186" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="187" spans="1:6">
       <c r="A187" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B187" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C187" s="4" t="s">
         <v>231</v>
       </c>
       <c r="D187" s="4" t="s">
-        <v>430</v>
+        <v>429</v>
       </c>
       <c r="E187" s="4" t="s">
-        <v>747</v>
+        <v>745</v>
       </c>
       <c r="F187" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="188" spans="1:6">
       <c r="A188" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B188" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C188" s="4" t="s">
-        <v>431</v>
+        <v>231</v>
       </c>
       <c r="D188" s="4" t="s">
-        <v>432</v>
+        <v>430</v>
       </c>
       <c r="E188" s="4" t="s">
-        <v>433</v>
+        <v>746</v>
       </c>
       <c r="F188" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="189" spans="1:6">
       <c r="A189" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B189" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C189" s="4" t="s">
         <v>431</v>
       </c>
       <c r="D189" s="4" t="s">
-        <v>434</v>
+        <v>432</v>
       </c>
       <c r="E189" s="4" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
       <c r="F189" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="190" spans="1:6">
       <c r="A190" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B190" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C190" s="4" t="s">
         <v>431</v>
       </c>
       <c r="D190" s="4" t="s">
-        <v>436</v>
+        <v>434</v>
       </c>
       <c r="E190" s="4" t="s">
-        <v>437</v>
+        <v>435</v>
       </c>
       <c r="F190" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="191" spans="1:6">
       <c r="A191" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B191" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C191" s="4" t="s">
         <v>431</v>
       </c>
       <c r="D191" s="4" t="s">
-        <v>438</v>
+        <v>436</v>
       </c>
       <c r="E191" s="4" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
       <c r="F191" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="192" spans="1:6">
       <c r="A192" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B192" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C192" s="4" t="s">
         <v>431</v>
       </c>
       <c r="D192" s="4" t="s">
-        <v>294</v>
+        <v>438</v>
       </c>
       <c r="E192" s="4" t="s">
-        <v>440</v>
+        <v>439</v>
       </c>
       <c r="F192" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="193" spans="1:6">
       <c r="A193" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B193" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C193" s="4" t="s">
         <v>431</v>
       </c>
       <c r="D193" s="4" t="s">
-        <v>441</v>
+        <v>294</v>
       </c>
       <c r="E193" s="4" t="s">
-        <v>442</v>
+        <v>440</v>
       </c>
       <c r="F193" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="194" spans="1:6">
       <c r="A194" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B194" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C194" s="4" t="s">
         <v>431</v>
       </c>
       <c r="D194" s="4" t="s">
-        <v>443</v>
+        <v>441</v>
       </c>
       <c r="E194" s="4" t="s">
-        <v>444</v>
+        <v>442</v>
       </c>
       <c r="F194" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="195" spans="1:6">
       <c r="A195" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B195" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C195" s="4" t="s">
         <v>431</v>
       </c>
       <c r="D195" s="4" t="s">
-        <v>445</v>
+        <v>443</v>
       </c>
       <c r="E195" s="4" t="s">
-        <v>748</v>
+        <v>444</v>
       </c>
       <c r="F195" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="196" spans="1:6">
       <c r="A196" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B196" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C196" s="4" t="s">
-        <v>446</v>
+        <v>431</v>
       </c>
       <c r="D196" s="4" t="s">
-        <v>447</v>
+        <v>445</v>
       </c>
       <c r="E196" s="4" t="s">
-        <v>448</v>
+        <v>747</v>
       </c>
       <c r="F196" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="197" spans="1:6">
       <c r="A197" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B197" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C197" s="4" t="s">
         <v>446</v>
       </c>
       <c r="D197" s="4" t="s">
-        <v>449</v>
+        <v>447</v>
       </c>
       <c r="E197" s="4" t="s">
-        <v>450</v>
+        <v>448</v>
       </c>
       <c r="F197" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="198" spans="1:6">
       <c r="A198" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B198" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C198" s="4" t="s">
         <v>446</v>
       </c>
       <c r="D198" s="4" t="s">
-        <v>451</v>
+        <v>449</v>
       </c>
       <c r="E198" s="4" t="s">
-        <v>452</v>
+        <v>450</v>
       </c>
       <c r="F198" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="199" spans="1:6">
       <c r="A199" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B199" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C199" s="4" t="s">
         <v>446</v>
       </c>
       <c r="D199" s="4" t="s">
-        <v>453</v>
+        <v>451</v>
       </c>
       <c r="E199" s="4" t="s">
-        <v>454</v>
+        <v>452</v>
       </c>
       <c r="F199" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="200" spans="1:6">
       <c r="A200" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B200" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C200" s="4" t="s">
         <v>446</v>
       </c>
       <c r="D200" s="4" t="s">
-        <v>455</v>
+        <v>453</v>
       </c>
       <c r="E200" s="4" t="s">
-        <v>456</v>
+        <v>454</v>
       </c>
       <c r="F200" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="201" spans="1:6">
       <c r="A201" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B201" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C201" s="4" t="s">
         <v>446</v>
       </c>
       <c r="D201" s="4" t="s">
-        <v>296</v>
+        <v>455</v>
       </c>
       <c r="E201" s="4" t="s">
-        <v>457</v>
+        <v>456</v>
       </c>
       <c r="F201" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="202" spans="1:6">
       <c r="A202" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B202" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C202" s="4" t="s">
         <v>446</v>
       </c>
       <c r="D202" s="4" t="s">
-        <v>458</v>
+        <v>296</v>
       </c>
       <c r="E202" s="4" t="s">
-        <v>459</v>
+        <v>457</v>
       </c>
       <c r="F202" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="203" spans="1:6">
       <c r="A203" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B203" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C203" s="4" t="s">
         <v>446</v>
       </c>
       <c r="D203" s="4" t="s">
-        <v>460</v>
+        <v>458</v>
       </c>
       <c r="E203" s="4" t="s">
-        <v>750</v>
+        <v>459</v>
       </c>
       <c r="F203" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="204" spans="1:6">
       <c r="A204" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B204" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C204" s="4" t="s">
         <v>446</v>
       </c>
       <c r="D204" s="4" t="s">
-        <v>461</v>
+        <v>460</v>
       </c>
       <c r="E204" s="4" t="s">
-        <v>462</v>
+        <v>749</v>
       </c>
       <c r="F204" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="205" spans="1:6">
       <c r="A205" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B205" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C205" s="4" t="s">
         <v>446</v>
       </c>
       <c r="D205" s="4" t="s">
-        <v>463</v>
+        <v>461</v>
       </c>
       <c r="E205" s="4" t="s">
-        <v>464</v>
+        <v>462</v>
       </c>
       <c r="F205" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="206" spans="1:6">
       <c r="A206" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B206" s="4" t="s">
-        <v>465</v>
+        <v>82</v>
       </c>
       <c r="C206" s="4" t="s">
-        <v>466</v>
+        <v>446</v>
       </c>
       <c r="D206" s="4" t="s">
-        <v>467</v>
+        <v>463</v>
       </c>
       <c r="E206" s="4" t="s">
-        <v>468</v>
+        <v>464</v>
       </c>
       <c r="F206" s="45" t="s">
-        <v>40</v>
+        <v>86</v>
       </c>
     </row>
     <row r="207" spans="1:6">
       <c r="A207" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B207" s="4" t="s">
         <v>465</v>
       </c>
       <c r="C207" s="4" t="s">
-        <v>469</v>
+        <v>466</v>
       </c>
       <c r="D207" s="4" t="s">
-        <v>470</v>
+        <v>467</v>
       </c>
       <c r="E207" s="4" t="s">
-        <v>471</v>
+        <v>468</v>
       </c>
       <c r="F207" s="45" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="208" spans="1:6">
       <c r="A208" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B208" s="4" t="s">
         <v>465</v>
       </c>
       <c r="C208" s="4" t="s">
-        <v>472</v>
+        <v>469</v>
       </c>
       <c r="D208" s="4" t="s">
-        <v>473</v>
+        <v>470</v>
       </c>
       <c r="E208" s="4" t="s">
-        <v>474</v>
+        <v>471</v>
       </c>
       <c r="F208" s="45" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="209" spans="1:6">
       <c r="A209" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B209" s="4" t="s">
         <v>465</v>
       </c>
       <c r="C209" s="4" t="s">
         <v>472</v>
       </c>
       <c r="D209" s="4" t="s">
-        <v>475</v>
+        <v>473</v>
       </c>
       <c r="E209" s="4" t="s">
-        <v>476</v>
+        <v>474</v>
       </c>
       <c r="F209" s="45" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="210" spans="1:6">
       <c r="A210" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B210" s="4" t="s">
         <v>465</v>
       </c>
       <c r="C210" s="4" t="s">
         <v>472</v>
       </c>
       <c r="D210" s="4" t="s">
-        <v>477</v>
+        <v>475</v>
       </c>
       <c r="E210" s="4" t="s">
-        <v>478</v>
+        <v>476</v>
       </c>
       <c r="F210" s="45" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="211" spans="1:6">
       <c r="A211" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B211" s="4" t="s">
         <v>465</v>
       </c>
       <c r="C211" s="4" t="s">
         <v>472</v>
       </c>
       <c r="D211" s="4" t="s">
-        <v>479</v>
+        <v>477</v>
       </c>
       <c r="E211" s="4" t="s">
-        <v>480</v>
+        <v>478</v>
       </c>
       <c r="F211" s="45" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="212" spans="1:6">
       <c r="A212" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B212" s="4" t="s">
         <v>465</v>
       </c>
       <c r="C212" s="4" t="s">
         <v>472</v>
       </c>
       <c r="D212" s="4" t="s">
-        <v>481</v>
+        <v>479</v>
       </c>
       <c r="E212" s="4" t="s">
-        <v>482</v>
+        <v>480</v>
       </c>
       <c r="F212" s="45" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="213" spans="1:6">
       <c r="A213" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B213" s="4" t="s">
         <v>465</v>
       </c>
       <c r="C213" s="4" t="s">
         <v>472</v>
       </c>
       <c r="D213" s="4" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="E213" s="4" t="s">
-        <v>484</v>
+        <v>482</v>
       </c>
       <c r="F213" s="45" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="214" spans="1:6">
       <c r="A214" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B214" s="4" t="s">
         <v>465</v>
       </c>
       <c r="C214" s="4" t="s">
         <v>472</v>
       </c>
       <c r="D214" s="4" t="s">
-        <v>485</v>
+        <v>483</v>
       </c>
       <c r="E214" s="4" t="s">
-        <v>486</v>
+        <v>484</v>
       </c>
       <c r="F214" s="45" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="215" spans="1:6">
       <c r="A215" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B215" s="4" t="s">
         <v>465</v>
       </c>
       <c r="C215" s="4" t="s">
         <v>472</v>
       </c>
       <c r="D215" s="4" t="s">
-        <v>487</v>
+        <v>485</v>
       </c>
       <c r="E215" s="4" t="s">
-        <v>488</v>
+        <v>486</v>
       </c>
       <c r="F215" s="45" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="216" spans="1:6">
       <c r="A216" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B216" s="4" t="s">
         <v>465</v>
       </c>
       <c r="C216" s="4" t="s">
         <v>472</v>
       </c>
       <c r="D216" s="4" t="s">
-        <v>489</v>
+        <v>487</v>
       </c>
       <c r="E216" s="4" t="s">
-        <v>490</v>
+        <v>488</v>
       </c>
       <c r="F216" s="45" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="217" spans="1:6">
       <c r="A217" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B217" s="4" t="s">
         <v>465</v>
       </c>
       <c r="C217" s="4" t="s">
         <v>472</v>
       </c>
       <c r="D217" s="4" t="s">
-        <v>491</v>
+        <v>489</v>
       </c>
       <c r="E217" s="4" t="s">
-        <v>492</v>
+        <v>490</v>
       </c>
       <c r="F217" s="45" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="218" spans="1:6">
       <c r="A218" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B218" s="4" t="s">
         <v>465</v>
       </c>
       <c r="C218" s="4" t="s">
         <v>472</v>
       </c>
       <c r="D218" s="4" t="s">
-        <v>493</v>
+        <v>491</v>
       </c>
       <c r="E218" s="4" t="s">
-        <v>494</v>
+        <v>492</v>
       </c>
       <c r="F218" s="45" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="219" spans="1:6">
       <c r="A219" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B219" s="4" t="s">
         <v>465</v>
       </c>
       <c r="C219" s="4" t="s">
         <v>472</v>
       </c>
       <c r="D219" s="4" t="s">
-        <v>495</v>
+        <v>493</v>
       </c>
       <c r="E219" s="4" t="s">
-        <v>496</v>
+        <v>494</v>
       </c>
       <c r="F219" s="45" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="220" spans="1:6">
       <c r="A220" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B220" s="4" t="s">
         <v>465</v>
       </c>
       <c r="C220" s="4" t="s">
         <v>472</v>
       </c>
       <c r="D220" s="4" t="s">
-        <v>497</v>
+        <v>495</v>
       </c>
       <c r="E220" s="4" t="s">
-        <v>498</v>
+        <v>496</v>
       </c>
       <c r="F220" s="45" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="221" spans="1:6">
       <c r="A221" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B221" s="4" t="s">
         <v>465</v>
       </c>
       <c r="C221" s="4" t="s">
         <v>472</v>
       </c>
       <c r="D221" s="4" t="s">
-        <v>499</v>
+        <v>497</v>
       </c>
       <c r="E221" s="4" t="s">
-        <v>500</v>
+        <v>498</v>
       </c>
       <c r="F221" s="45" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="222" spans="1:6">
       <c r="A222" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B222" s="4" t="s">
         <v>465</v>
       </c>
       <c r="C222" s="4" t="s">
         <v>472</v>
       </c>
       <c r="D222" s="4" t="s">
-        <v>501</v>
+        <v>499</v>
       </c>
       <c r="E222" s="4" t="s">
-        <v>502</v>
+        <v>500</v>
       </c>
       <c r="F222" s="45" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="223" spans="1:6">
       <c r="A223" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B223" s="4" t="s">
         <v>465</v>
       </c>
       <c r="C223" s="4" t="s">
         <v>472</v>
       </c>
       <c r="D223" s="4" t="s">
-        <v>503</v>
+        <v>501</v>
       </c>
       <c r="E223" s="4" t="s">
-        <v>504</v>
+        <v>502</v>
       </c>
       <c r="F223" s="45" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="224" spans="1:6">
       <c r="A224" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B224" s="4" t="s">
         <v>465</v>
       </c>
       <c r="C224" s="4" t="s">
         <v>472</v>
       </c>
       <c r="D224" s="4" t="s">
-        <v>505</v>
+        <v>503</v>
       </c>
       <c r="E224" s="4" t="s">
-        <v>506</v>
+        <v>504</v>
       </c>
       <c r="F224" s="45" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="225" spans="1:6">
       <c r="A225" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B225" s="4" t="s">
         <v>465</v>
       </c>
       <c r="C225" s="4" t="s">
         <v>472</v>
       </c>
       <c r="D225" s="4" t="s">
-        <v>507</v>
+        <v>505</v>
       </c>
       <c r="E225" s="4" t="s">
-        <v>508</v>
+        <v>506</v>
       </c>
       <c r="F225" s="45" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="226" spans="1:6">
       <c r="A226" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B226" s="4" t="s">
         <v>465</v>
       </c>
       <c r="C226" s="4" t="s">
         <v>472</v>
       </c>
       <c r="D226" s="4" t="s">
-        <v>509</v>
+        <v>507</v>
       </c>
       <c r="E226" s="4" t="s">
-        <v>510</v>
+        <v>508</v>
       </c>
       <c r="F226" s="45" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="227" spans="1:6">
       <c r="A227" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B227" s="4" t="s">
         <v>465</v>
       </c>
       <c r="C227" s="4" t="s">
         <v>472</v>
       </c>
       <c r="D227" s="4" t="s">
-        <v>511</v>
+        <v>509</v>
       </c>
       <c r="E227" s="4" t="s">
-        <v>512</v>
+        <v>510</v>
       </c>
       <c r="F227" s="45" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="228" spans="1:6">
       <c r="A228" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B228" s="4" t="s">
         <v>465</v>
       </c>
       <c r="C228" s="4" t="s">
         <v>472</v>
       </c>
       <c r="D228" s="4" t="s">
-        <v>513</v>
+        <v>511</v>
       </c>
       <c r="E228" s="4" t="s">
-        <v>514</v>
+        <v>512</v>
       </c>
       <c r="F228" s="45" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="229" spans="1:6">
       <c r="A229" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B229" s="4" t="s">
         <v>465</v>
       </c>
       <c r="C229" s="4" t="s">
         <v>472</v>
       </c>
       <c r="D229" s="4" t="s">
-        <v>515</v>
+        <v>513</v>
       </c>
       <c r="E229" s="4" t="s">
-        <v>516</v>
+        <v>514</v>
       </c>
       <c r="F229" s="45" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="230" spans="1:6">
       <c r="A230" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B230" s="4" t="s">
         <v>465</v>
       </c>
       <c r="C230" s="4" t="s">
         <v>472</v>
       </c>
       <c r="D230" s="4" t="s">
-        <v>517</v>
+        <v>515</v>
       </c>
       <c r="E230" s="4" t="s">
-        <v>518</v>
+        <v>516</v>
       </c>
       <c r="F230" s="45" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="231" spans="1:6">
       <c r="A231" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B231" s="4" t="s">
         <v>465</v>
       </c>
       <c r="C231" s="4" t="s">
         <v>472</v>
       </c>
       <c r="D231" s="4" t="s">
-        <v>519</v>
+        <v>517</v>
       </c>
       <c r="E231" s="4" t="s">
-        <v>520</v>
+        <v>518</v>
       </c>
       <c r="F231" s="45" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="232" spans="1:6">
       <c r="A232" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B232" s="4" t="s">
         <v>465</v>
       </c>
       <c r="C232" s="4" t="s">
         <v>472</v>
       </c>
       <c r="D232" s="4" t="s">
-        <v>521</v>
+        <v>519</v>
       </c>
       <c r="E232" s="4" t="s">
-        <v>522</v>
+        <v>520</v>
       </c>
       <c r="F232" s="45" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="233" spans="1:6">
       <c r="A233" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B233" s="4" t="s">
         <v>465</v>
       </c>
       <c r="C233" s="4" t="s">
         <v>472</v>
       </c>
       <c r="D233" s="4" t="s">
-        <v>523</v>
+        <v>521</v>
       </c>
       <c r="E233" s="4" t="s">
-        <v>524</v>
+        <v>522</v>
       </c>
       <c r="F233" s="45" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="234" spans="1:6">
       <c r="A234" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B234" s="4" t="s">
         <v>465</v>
       </c>
       <c r="C234" s="4" t="s">
         <v>472</v>
       </c>
       <c r="D234" s="4" t="s">
-        <v>525</v>
+        <v>523</v>
       </c>
       <c r="E234" s="4" t="s">
-        <v>526</v>
+        <v>524</v>
       </c>
       <c r="F234" s="45" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="235" spans="1:6">
       <c r="A235" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B235" s="4" t="s">
         <v>465</v>
       </c>
       <c r="C235" s="4" t="s">
         <v>472</v>
       </c>
       <c r="D235" s="4" t="s">
-        <v>527</v>
+        <v>525</v>
       </c>
       <c r="E235" s="4" t="s">
-        <v>528</v>
+        <v>526</v>
       </c>
       <c r="F235" s="45" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="236" spans="1:6">
       <c r="A236" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B236" s="4" t="s">
         <v>465</v>
       </c>
       <c r="C236" s="4" t="s">
         <v>472</v>
       </c>
       <c r="D236" s="4" t="s">
-        <v>529</v>
+        <v>527</v>
       </c>
       <c r="E236" s="4" t="s">
-        <v>530</v>
+        <v>528</v>
       </c>
       <c r="F236" s="45" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="237" spans="1:6">
       <c r="A237" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B237" s="4" t="s">
         <v>465</v>
       </c>
       <c r="C237" s="4" t="s">
         <v>472</v>
       </c>
       <c r="D237" s="4" t="s">
-        <v>531</v>
+        <v>529</v>
       </c>
       <c r="E237" s="4" t="s">
-        <v>532</v>
+        <v>530</v>
       </c>
       <c r="F237" s="45" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="238" spans="1:6">
       <c r="A238" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B238" s="4" t="s">
         <v>465</v>
       </c>
       <c r="C238" s="4" t="s">
         <v>472</v>
       </c>
       <c r="D238" s="4" t="s">
-        <v>533</v>
+        <v>531</v>
       </c>
       <c r="E238" s="4" t="s">
-        <v>534</v>
+        <v>532</v>
       </c>
       <c r="F238" s="45" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="239" spans="1:6">
       <c r="A239" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B239" s="4" t="s">
         <v>465</v>
       </c>
       <c r="C239" s="4" t="s">
-        <v>741</v>
+        <v>472</v>
       </c>
       <c r="D239" s="4" t="s">
-        <v>740</v>
+        <v>533</v>
       </c>
       <c r="E239" s="4" t="s">
-        <v>739</v>
+        <v>534</v>
       </c>
       <c r="F239" s="45" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="240" spans="1:6">
       <c r="A240" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B240" s="4" t="s">
         <v>465</v>
       </c>
       <c r="C240" s="4" t="s">
-        <v>535</v>
+        <v>741</v>
       </c>
       <c r="D240" s="4" t="s">
-        <v>536</v>
+        <v>740</v>
       </c>
       <c r="E240" s="4" t="s">
-        <v>537</v>
+        <v>739</v>
       </c>
       <c r="F240" s="45" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="241" spans="1:6">
       <c r="A241" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B241" s="4" t="s">
         <v>465</v>
       </c>
       <c r="C241" s="4" t="s">
         <v>535</v>
       </c>
       <c r="D241" s="4" t="s">
-        <v>538</v>
+        <v>536</v>
       </c>
       <c r="E241" s="4" t="s">
-        <v>539</v>
+        <v>537</v>
       </c>
       <c r="F241" s="45" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="242" spans="1:6">
       <c r="A242" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B242" s="4" t="s">
         <v>465</v>
       </c>
       <c r="C242" s="4" t="s">
         <v>535</v>
       </c>
       <c r="D242" s="4" t="s">
-        <v>540</v>
+        <v>538</v>
       </c>
       <c r="E242" s="4" t="s">
-        <v>541</v>
+        <v>539</v>
       </c>
       <c r="F242" s="45" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="243" spans="1:6">
       <c r="A243" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B243" s="4" t="s">
         <v>465</v>
       </c>
       <c r="C243" s="4" t="s">
         <v>535</v>
       </c>
       <c r="D243" s="4" t="s">
-        <v>542</v>
+        <v>540</v>
       </c>
       <c r="E243" s="4" t="s">
-        <v>543</v>
+        <v>541</v>
       </c>
       <c r="F243" s="45" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="244" spans="1:6">
       <c r="A244" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B244" s="4" t="s">
         <v>465</v>
       </c>
       <c r="C244" s="4" t="s">
-        <v>544</v>
+        <v>535</v>
       </c>
       <c r="D244" s="4" t="s">
-        <v>545</v>
+        <v>542</v>
       </c>
       <c r="E244" s="4" t="s">
-        <v>546</v>
+        <v>543</v>
       </c>
       <c r="F244" s="45" t="s">
-        <v>547</v>
+        <v>40</v>
       </c>
     </row>
     <row r="245" spans="1:6">
       <c r="A245" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B245" s="4" t="s">
-        <v>82</v>
+        <v>465</v>
       </c>
       <c r="C245" s="4" t="s">
-        <v>83</v>
+        <v>544</v>
       </c>
       <c r="D245" s="4" t="s">
-        <v>548</v>
+        <v>545</v>
       </c>
       <c r="E245" s="4" t="s">
-        <v>549</v>
+        <v>546</v>
       </c>
       <c r="F245" s="45" t="s">
-        <v>86</v>
+        <v>547</v>
       </c>
     </row>
     <row r="246" spans="1:6">
       <c r="A246" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B246" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C246" s="4" t="s">
         <v>83</v>
       </c>
       <c r="D246" s="4" t="s">
-        <v>550</v>
+        <v>548</v>
       </c>
       <c r="E246" s="4" t="s">
-        <v>551</v>
+        <v>549</v>
       </c>
       <c r="F246" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="247" spans="1:6">
       <c r="A247" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B247" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C247" s="4" t="s">
         <v>83</v>
       </c>
       <c r="D247" s="4" t="s">
-        <v>552</v>
+        <v>550</v>
       </c>
       <c r="E247" s="4" t="s">
-        <v>553</v>
+        <v>551</v>
       </c>
       <c r="F247" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="248" spans="1:6">
       <c r="A248" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B248" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C248" s="4" t="s">
         <v>83</v>
       </c>
       <c r="D248" s="4" t="s">
-        <v>554</v>
+        <v>552</v>
       </c>
       <c r="E248" s="4" t="s">
-        <v>555</v>
+        <v>553</v>
       </c>
       <c r="F248" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="249" spans="1:6">
       <c r="A249" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B249" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C249" s="4" t="s">
         <v>83</v>
       </c>
       <c r="D249" s="4" t="s">
-        <v>556</v>
+        <v>554</v>
       </c>
       <c r="E249" s="4" t="s">
-        <v>557</v>
+        <v>555</v>
       </c>
       <c r="F249" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="250" spans="1:6">
       <c r="A250" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B250" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C250" s="4" t="s">
         <v>83</v>
       </c>
       <c r="D250" s="4" t="s">
-        <v>558</v>
+        <v>556</v>
       </c>
       <c r="E250" s="4" t="s">
-        <v>559</v>
+        <v>557</v>
       </c>
       <c r="F250" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="251" spans="1:6">
       <c r="A251" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B251" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C251" s="4" t="s">
         <v>83</v>
       </c>
       <c r="D251" s="4" t="s">
-        <v>560</v>
+        <v>558</v>
       </c>
       <c r="E251" s="4" t="s">
-        <v>561</v>
+        <v>559</v>
       </c>
       <c r="F251" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="252" spans="1:6">
       <c r="A252" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B252" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C252" s="4" t="s">
         <v>83</v>
       </c>
       <c r="D252" s="4" t="s">
-        <v>562</v>
+        <v>560</v>
       </c>
       <c r="E252" s="4" t="s">
-        <v>563</v>
+        <v>561</v>
       </c>
       <c r="F252" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="253" spans="1:6">
       <c r="A253" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B253" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C253" s="4" t="s">
         <v>83</v>
       </c>
       <c r="D253" s="4" t="s">
-        <v>564</v>
+        <v>562</v>
       </c>
       <c r="E253" s="4" t="s">
-        <v>565</v>
+        <v>563</v>
       </c>
       <c r="F253" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="254" spans="1:6">
       <c r="A254" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B254" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C254" s="4" t="s">
         <v>83</v>
       </c>
       <c r="D254" s="4" t="s">
-        <v>566</v>
+        <v>564</v>
       </c>
       <c r="E254" s="4" t="s">
-        <v>567</v>
+        <v>565</v>
       </c>
       <c r="F254" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="255" spans="1:6">
       <c r="A255" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B255" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C255" s="4" t="s">
         <v>83</v>
       </c>
       <c r="D255" s="4" t="s">
-        <v>568</v>
+        <v>566</v>
       </c>
       <c r="E255" s="4" t="s">
-        <v>569</v>
+        <v>567</v>
       </c>
       <c r="F255" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="256" spans="1:6">
       <c r="A256" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B256" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C256" s="4" t="s">
         <v>83</v>
       </c>
       <c r="D256" s="4" t="s">
-        <v>570</v>
+        <v>568</v>
       </c>
       <c r="E256" s="4" t="s">
-        <v>571</v>
+        <v>569</v>
       </c>
       <c r="F256" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="257" spans="1:6">
       <c r="A257" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B257" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C257" s="4" t="s">
         <v>83</v>
       </c>
       <c r="D257" s="4" t="s">
-        <v>572</v>
+        <v>570</v>
       </c>
       <c r="E257" s="4" t="s">
-        <v>573</v>
+        <v>571</v>
       </c>
       <c r="F257" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="258" spans="1:6">
       <c r="A258" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B258" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C258" s="4" t="s">
         <v>83</v>
       </c>
       <c r="D258" s="4" t="s">
-        <v>574</v>
+        <v>572</v>
       </c>
       <c r="E258" s="4" t="s">
-        <v>575</v>
+        <v>573</v>
       </c>
       <c r="F258" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="259" spans="1:6">
       <c r="A259" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B259" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C259" s="4" t="s">
         <v>83</v>
       </c>
       <c r="D259" s="4" t="s">
-        <v>576</v>
+        <v>574</v>
       </c>
       <c r="E259" s="4" t="s">
-        <v>577</v>
+        <v>575</v>
       </c>
       <c r="F259" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="260" spans="1:6">
       <c r="A260" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B260" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C260" s="4" t="s">
         <v>83</v>
       </c>
       <c r="D260" s="4" t="s">
-        <v>578</v>
+        <v>576</v>
       </c>
       <c r="E260" s="4" t="s">
-        <v>579</v>
+        <v>577</v>
       </c>
       <c r="F260" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="261" spans="1:6">
       <c r="A261" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B261" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C261" s="4" t="s">
         <v>83</v>
       </c>
       <c r="D261" s="4" t="s">
-        <v>580</v>
+        <v>578</v>
       </c>
       <c r="E261" s="4" t="s">
-        <v>581</v>
+        <v>579</v>
       </c>
       <c r="F261" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="262" spans="1:6">
       <c r="A262" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B262" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C262" s="4" t="s">
         <v>83</v>
       </c>
       <c r="D262" s="4" t="s">
-        <v>582</v>
+        <v>580</v>
       </c>
       <c r="E262" s="4" t="s">
-        <v>583</v>
+        <v>581</v>
       </c>
       <c r="F262" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="263" spans="1:6">
       <c r="A263" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B263" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C263" s="4" t="s">
         <v>83</v>
       </c>
       <c r="D263" s="4" t="s">
-        <v>584</v>
+        <v>582</v>
       </c>
       <c r="E263" s="4" t="s">
-        <v>585</v>
+        <v>583</v>
       </c>
       <c r="F263" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="264" spans="1:6">
       <c r="A264" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B264" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C264" s="4" t="s">
         <v>83</v>
       </c>
       <c r="D264" s="4" t="s">
-        <v>586</v>
+        <v>584</v>
       </c>
       <c r="E264" s="4" t="s">
-        <v>587</v>
+        <v>585</v>
       </c>
       <c r="F264" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="265" spans="1:6">
       <c r="A265" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B265" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C265" s="4" t="s">
         <v>83</v>
       </c>
       <c r="D265" s="4" t="s">
-        <v>588</v>
+        <v>586</v>
       </c>
       <c r="E265" s="4" t="s">
-        <v>589</v>
+        <v>587</v>
       </c>
       <c r="F265" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="266" spans="1:6">
       <c r="A266" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B266" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C266" s="4" t="s">
-        <v>590</v>
+        <v>83</v>
       </c>
       <c r="D266" s="4" t="s">
-        <v>591</v>
+        <v>588</v>
       </c>
       <c r="E266" s="4" t="s">
-        <v>592</v>
+        <v>589</v>
       </c>
       <c r="F266" s="45" t="s">
-        <v>142</v>
+        <v>86</v>
       </c>
     </row>
     <row r="267" spans="1:6">
       <c r="A267" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B267" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C267" s="4" t="s">
         <v>590</v>
       </c>
       <c r="D267" s="4" t="s">
-        <v>593</v>
+        <v>591</v>
       </c>
       <c r="E267" s="4" t="s">
-        <v>594</v>
+        <v>592</v>
       </c>
       <c r="F267" s="45" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="268" spans="1:6">
       <c r="A268" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B268" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C268" s="4" t="s">
         <v>590</v>
       </c>
       <c r="D268" s="4" t="s">
-        <v>595</v>
+        <v>593</v>
       </c>
       <c r="E268" s="4" t="s">
-        <v>596</v>
+        <v>594</v>
       </c>
       <c r="F268" s="45" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="269" spans="1:6">
       <c r="A269" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B269" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C269" s="4" t="s">
         <v>590</v>
       </c>
       <c r="D269" s="4" t="s">
-        <v>597</v>
+        <v>595</v>
       </c>
       <c r="E269" s="4" t="s">
-        <v>598</v>
+        <v>596</v>
       </c>
       <c r="F269" s="45" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="270" spans="1:6">
       <c r="A270" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B270" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C270" s="4" t="s">
         <v>590</v>
       </c>
       <c r="D270" s="4" t="s">
-        <v>599</v>
+        <v>597</v>
       </c>
       <c r="E270" s="4" t="s">
-        <v>600</v>
+        <v>598</v>
       </c>
       <c r="F270" s="45" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="271" spans="1:6">
       <c r="A271" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B271" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C271" s="4" t="s">
         <v>590</v>
       </c>
       <c r="D271" s="4" t="s">
-        <v>601</v>
+        <v>599</v>
       </c>
       <c r="E271" s="4" t="s">
-        <v>602</v>
+        <v>600</v>
       </c>
       <c r="F271" s="45" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="272" spans="1:6">
       <c r="A272" s="4" t="s">
-        <v>603</v>
+        <v>12</v>
       </c>
       <c r="B272" s="4" t="s">
-        <v>604</v>
+        <v>82</v>
       </c>
       <c r="C272" s="4" t="s">
-        <v>605</v>
-[...2 lines deleted...]
-        <v>606</v>
+        <v>590</v>
+      </c>
+      <c r="D272" s="4" t="s">
+        <v>601</v>
       </c>
       <c r="E272" s="4" t="s">
-        <v>607</v>
+        <v>602</v>
       </c>
       <c r="F272" s="45" t="s">
-        <v>86</v>
+        <v>142</v>
       </c>
     </row>
     <row r="273" spans="1:6">
       <c r="A273" s="4" t="s">
         <v>603</v>
       </c>
       <c r="B273" s="4" t="s">
         <v>604</v>
       </c>
       <c r="C273" s="4" t="s">
         <v>605</v>
       </c>
       <c r="D273" s="46" t="s">
-        <v>171</v>
+        <v>606</v>
       </c>
       <c r="E273" s="4" t="s">
-        <v>608</v>
+        <v>607</v>
       </c>
       <c r="F273" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="274" spans="1:6">
       <c r="A274" s="4" t="s">
         <v>603</v>
       </c>
       <c r="B274" s="4" t="s">
         <v>604</v>
       </c>
       <c r="C274" s="4" t="s">
         <v>605</v>
       </c>
-      <c r="D274" s="4" t="s">
-        <v>609</v>
+      <c r="D274" s="46" t="s">
+        <v>171</v>
       </c>
       <c r="E274" s="4" t="s">
-        <v>610</v>
+        <v>608</v>
       </c>
       <c r="F274" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="275" spans="1:6">
       <c r="A275" s="4" t="s">
         <v>603</v>
       </c>
       <c r="B275" s="4" t="s">
         <v>604</v>
       </c>
       <c r="C275" s="4" t="s">
         <v>605</v>
       </c>
-      <c r="D275" s="46" t="s">
-        <v>611</v>
+      <c r="D275" s="4" t="s">
+        <v>609</v>
       </c>
       <c r="E275" s="4" t="s">
-        <v>612</v>
+        <v>610</v>
       </c>
       <c r="F275" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="276" spans="1:6">
       <c r="A276" s="4" t="s">
         <v>603</v>
       </c>
       <c r="B276" s="4" t="s">
         <v>604</v>
       </c>
       <c r="C276" s="4" t="s">
         <v>605</v>
       </c>
       <c r="D276" s="46" t="s">
-        <v>613</v>
+        <v>611</v>
       </c>
       <c r="E276" s="4" t="s">
-        <v>614</v>
+        <v>612</v>
       </c>
       <c r="F276" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="277" spans="1:6">
       <c r="A277" s="4" t="s">
         <v>603</v>
       </c>
       <c r="B277" s="4" t="s">
         <v>604</v>
       </c>
       <c r="C277" s="4" t="s">
         <v>605</v>
       </c>
-      <c r="D277" s="4" t="s">
-        <v>615</v>
+      <c r="D277" s="46" t="s">
+        <v>613</v>
       </c>
       <c r="E277" s="4" t="s">
-        <v>616</v>
+        <v>614</v>
       </c>
       <c r="F277" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="278" spans="1:6">
       <c r="A278" s="4" t="s">
         <v>603</v>
       </c>
       <c r="B278" s="4" t="s">
         <v>604</v>
       </c>
       <c r="C278" s="4" t="s">
         <v>605</v>
       </c>
       <c r="D278" s="4" t="s">
-        <v>617</v>
+        <v>615</v>
       </c>
       <c r="E278" s="4" t="s">
-        <v>618</v>
+        <v>616</v>
       </c>
       <c r="F278" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="279" spans="1:6">
       <c r="A279" s="4" t="s">
         <v>603</v>
       </c>
       <c r="B279" s="4" t="s">
         <v>604</v>
       </c>
       <c r="C279" s="4" t="s">
         <v>605</v>
       </c>
-      <c r="D279" s="46" t="s">
-        <v>619</v>
+      <c r="D279" s="4" t="s">
+        <v>617</v>
       </c>
       <c r="E279" s="4" t="s">
-        <v>620</v>
+        <v>618</v>
       </c>
       <c r="F279" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="280" spans="1:6">
       <c r="A280" s="4" t="s">
         <v>603</v>
       </c>
       <c r="B280" s="4" t="s">
         <v>604</v>
       </c>
       <c r="C280" s="4" t="s">
         <v>605</v>
       </c>
-      <c r="D280" s="4" t="s">
-        <v>621</v>
+      <c r="D280" s="46" t="s">
+        <v>619</v>
       </c>
       <c r="E280" s="4" t="s">
-        <v>622</v>
+        <v>620</v>
       </c>
       <c r="F280" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="281" spans="1:6">
       <c r="A281" s="4" t="s">
         <v>603</v>
       </c>
       <c r="B281" s="4" t="s">
         <v>604</v>
       </c>
       <c r="C281" s="4" t="s">
         <v>605</v>
       </c>
       <c r="D281" s="4" t="s">
-        <v>623</v>
+        <v>621</v>
       </c>
       <c r="E281" s="4" t="s">
-        <v>624</v>
+        <v>622</v>
       </c>
       <c r="F281" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="282" spans="1:6">
       <c r="A282" s="4" t="s">
         <v>603</v>
       </c>
       <c r="B282" s="4" t="s">
         <v>604</v>
       </c>
       <c r="C282" s="4" t="s">
         <v>605</v>
       </c>
       <c r="D282" s="4" t="s">
-        <v>625</v>
+        <v>623</v>
       </c>
       <c r="E282" s="4" t="s">
-        <v>626</v>
+        <v>624</v>
       </c>
       <c r="F282" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="283" spans="1:6">
       <c r="A283" s="4" t="s">
         <v>603</v>
       </c>
       <c r="B283" s="4" t="s">
         <v>604</v>
       </c>
       <c r="C283" s="4" t="s">
         <v>605</v>
       </c>
       <c r="D283" s="4" t="s">
-        <v>627</v>
+        <v>625</v>
       </c>
       <c r="E283" s="4" t="s">
-        <v>627</v>
+        <v>626</v>
       </c>
       <c r="F283" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="284" spans="1:6">
       <c r="A284" s="4" t="s">
         <v>603</v>
       </c>
       <c r="B284" s="4" t="s">
         <v>604</v>
       </c>
       <c r="C284" s="4" t="s">
         <v>605</v>
       </c>
       <c r="D284" s="4" t="s">
-        <v>628</v>
+        <v>627</v>
       </c>
       <c r="E284" s="4" t="s">
-        <v>629</v>
+        <v>627</v>
       </c>
       <c r="F284" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="285" spans="1:6">
       <c r="A285" s="4" t="s">
         <v>603</v>
       </c>
       <c r="B285" s="4" t="s">
         <v>604</v>
       </c>
       <c r="C285" s="4" t="s">
         <v>605</v>
       </c>
       <c r="D285" s="4" t="s">
-        <v>630</v>
+        <v>628</v>
       </c>
       <c r="E285" s="4" t="s">
-        <v>631</v>
+        <v>629</v>
       </c>
       <c r="F285" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="286" spans="1:6">
       <c r="A286" s="4" t="s">
         <v>603</v>
       </c>
       <c r="B286" s="4" t="s">
         <v>604</v>
       </c>
       <c r="C286" s="4" t="s">
         <v>605</v>
       </c>
-      <c r="D286" s="46" t="s">
-        <v>632</v>
+      <c r="D286" s="4" t="s">
+        <v>630</v>
       </c>
       <c r="E286" s="4" t="s">
-        <v>633</v>
+        <v>631</v>
       </c>
       <c r="F286" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="287" spans="1:6">
       <c r="A287" s="4" t="s">
         <v>603</v>
       </c>
       <c r="B287" s="4" t="s">
         <v>604</v>
       </c>
       <c r="C287" s="4" t="s">
         <v>605</v>
       </c>
-      <c r="D287" s="4" t="s">
-        <v>634</v>
+      <c r="D287" s="46" t="s">
+        <v>632</v>
       </c>
       <c r="E287" s="4" t="s">
-        <v>635</v>
+        <v>633</v>
       </c>
       <c r="F287" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="288" spans="1:6">
       <c r="A288" s="4" t="s">
         <v>603</v>
       </c>
       <c r="B288" s="4" t="s">
         <v>604</v>
       </c>
       <c r="C288" s="4" t="s">
         <v>605</v>
       </c>
       <c r="D288" s="4" t="s">
-        <v>636</v>
+        <v>634</v>
       </c>
       <c r="E288" s="4" t="s">
-        <v>637</v>
+        <v>635</v>
       </c>
       <c r="F288" s="45" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="289" spans="1:7">
       <c r="A289" s="4" t="s">
         <v>603</v>
       </c>
       <c r="B289" s="4" t="s">
         <v>604</v>
       </c>
       <c r="C289" s="4" t="s">
-        <v>638</v>
+        <v>605</v>
       </c>
       <c r="D289" s="4" t="s">
-        <v>639</v>
+        <v>636</v>
       </c>
       <c r="E289" s="4" t="s">
-        <v>640</v>
+        <v>637</v>
       </c>
       <c r="F289" s="45" t="s">
-        <v>142</v>
-[...2 lines deleted...]
-    <row r="290" spans="1:7" s="8" customFormat="1">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="290" spans="1:7">
       <c r="A290" s="4" t="s">
         <v>603</v>
       </c>
       <c r="B290" s="4" t="s">
         <v>604</v>
       </c>
       <c r="C290" s="4" t="s">
-        <v>605</v>
+        <v>638</v>
       </c>
       <c r="D290" s="4" t="s">
-        <v>641</v>
+        <v>639</v>
       </c>
       <c r="E290" s="4" t="s">
-        <v>642</v>
+        <v>640</v>
       </c>
       <c r="F290" s="45" t="s">
         <v>142</v>
       </c>
-      <c r="G290" s="1"/>
-[...1 lines deleted...]
-    <row r="291" spans="1:7">
+    </row>
+    <row r="291" spans="1:7" s="8" customFormat="1">
       <c r="A291" s="4" t="s">
         <v>603</v>
       </c>
       <c r="B291" s="4" t="s">
         <v>604</v>
       </c>
       <c r="C291" s="4" t="s">
-        <v>638</v>
+        <v>605</v>
       </c>
       <c r="D291" s="4" t="s">
-        <v>643</v>
+        <v>641</v>
       </c>
       <c r="E291" s="4" t="s">
-        <v>644</v>
+        <v>642</v>
       </c>
       <c r="F291" s="45" t="s">
         <v>142</v>
       </c>
+      <c r="G291" s="1"/>
     </row>
     <row r="292" spans="1:7">
       <c r="A292" s="4" t="s">
         <v>603</v>
       </c>
       <c r="B292" s="4" t="s">
         <v>604</v>
       </c>
       <c r="C292" s="4" t="s">
-        <v>605</v>
+        <v>638</v>
       </c>
       <c r="D292" s="4" t="s">
-        <v>645</v>
+        <v>643</v>
       </c>
       <c r="E292" s="4" t="s">
-        <v>646</v>
+        <v>644</v>
       </c>
       <c r="F292" s="45" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="293" spans="1:7">
       <c r="A293" s="4" t="s">
         <v>603</v>
       </c>
       <c r="B293" s="4" t="s">
         <v>604</v>
       </c>
       <c r="C293" s="4" t="s">
-        <v>638</v>
+        <v>605</v>
       </c>
       <c r="D293" s="4" t="s">
-        <v>647</v>
+        <v>645</v>
       </c>
       <c r="E293" s="4" t="s">
-        <v>648</v>
+        <v>646</v>
       </c>
       <c r="F293" s="45" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="294" spans="1:7">
       <c r="A294" s="4" t="s">
         <v>603</v>
       </c>
       <c r="B294" s="4" t="s">
         <v>604</v>
       </c>
       <c r="C294" s="4" t="s">
         <v>638</v>
       </c>
       <c r="D294" s="4" t="s">
-        <v>649</v>
+        <v>647</v>
       </c>
       <c r="E294" s="4" t="s">
-        <v>649</v>
+        <v>648</v>
       </c>
       <c r="F294" s="45" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="295" spans="1:7">
       <c r="A295" s="4" t="s">
         <v>603</v>
       </c>
       <c r="B295" s="4" t="s">
         <v>604</v>
       </c>
       <c r="C295" s="4" t="s">
         <v>638</v>
       </c>
       <c r="D295" s="4" t="s">
-        <v>650</v>
+        <v>649</v>
       </c>
       <c r="E295" s="4" t="s">
-        <v>651</v>
+        <v>649</v>
       </c>
       <c r="F295" s="45" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="296" spans="1:7">
       <c r="A296" s="4" t="s">
         <v>603</v>
       </c>
       <c r="B296" s="4" t="s">
         <v>604</v>
       </c>
       <c r="C296" s="4" t="s">
         <v>638</v>
       </c>
       <c r="D296" s="4" t="s">
-        <v>652</v>
+        <v>650</v>
       </c>
       <c r="E296" s="4" t="s">
-        <v>653</v>
+        <v>651</v>
       </c>
       <c r="F296" s="45" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="297" spans="1:7">
       <c r="A297" s="4" t="s">
         <v>603</v>
       </c>
       <c r="B297" s="4" t="s">
         <v>604</v>
       </c>
       <c r="C297" s="4" t="s">
         <v>638</v>
       </c>
       <c r="D297" s="4" t="s">
-        <v>654</v>
+        <v>652</v>
       </c>
       <c r="E297" s="4" t="s">
-        <v>655</v>
+        <v>653</v>
       </c>
       <c r="F297" s="45" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="298" spans="1:7">
       <c r="A298" s="4" t="s">
         <v>603</v>
       </c>
       <c r="B298" s="4" t="s">
         <v>604</v>
       </c>
       <c r="C298" s="4" t="s">
-        <v>605</v>
+        <v>638</v>
       </c>
       <c r="D298" s="4" t="s">
-        <v>656</v>
+        <v>654</v>
       </c>
       <c r="E298" s="4" t="s">
-        <v>657</v>
+        <v>655</v>
       </c>
       <c r="F298" s="45" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="299" spans="1:7">
       <c r="A299" s="4" t="s">
         <v>603</v>
       </c>
       <c r="B299" s="4" t="s">
         <v>604</v>
       </c>
       <c r="C299" s="4" t="s">
         <v>605</v>
       </c>
       <c r="D299" s="4" t="s">
-        <v>658</v>
+        <v>656</v>
       </c>
       <c r="E299" s="4" t="s">
-        <v>659</v>
+        <v>657</v>
       </c>
       <c r="F299" s="45" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="300" spans="1:7">
       <c r="A300" s="4" t="s">
         <v>603</v>
       </c>
       <c r="B300" s="4" t="s">
         <v>604</v>
       </c>
       <c r="C300" s="4" t="s">
         <v>605</v>
       </c>
-      <c r="D300" s="46" t="s">
-        <v>660</v>
+      <c r="D300" s="4" t="s">
+        <v>658</v>
       </c>
       <c r="E300" s="4" t="s">
-        <v>661</v>
+        <v>659</v>
       </c>
       <c r="F300" s="45" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="301" spans="1:7">
       <c r="A301" s="4" t="s">
-        <v>19</v>
+        <v>603</v>
       </c>
       <c r="B301" s="4" t="s">
         <v>604</v>
       </c>
       <c r="C301" s="4" t="s">
-        <v>662</v>
-[...2 lines deleted...]
-        <v>663</v>
+        <v>605</v>
+      </c>
+      <c r="D301" s="46" t="s">
+        <v>660</v>
       </c>
       <c r="E301" s="4" t="s">
-        <v>664</v>
+        <v>661</v>
       </c>
       <c r="F301" s="45" t="s">
-        <v>665</v>
+        <v>142</v>
       </c>
     </row>
     <row r="302" spans="1:7">
       <c r="A302" s="4" t="s">
         <v>19</v>
       </c>
       <c r="B302" s="4" t="s">
         <v>604</v>
       </c>
       <c r="C302" s="4" t="s">
         <v>662</v>
       </c>
       <c r="D302" s="4" t="s">
-        <v>666</v>
+        <v>663</v>
       </c>
       <c r="E302" s="4" t="s">
-        <v>667</v>
+        <v>664</v>
       </c>
       <c r="F302" s="45" t="s">
         <v>665</v>
       </c>
     </row>
     <row r="303" spans="1:7">
       <c r="A303" s="4" t="s">
         <v>19</v>
       </c>
       <c r="B303" s="4" t="s">
         <v>604</v>
       </c>
       <c r="C303" s="4" t="s">
         <v>662</v>
       </c>
       <c r="D303" s="4" t="s">
-        <v>668</v>
+        <v>666</v>
       </c>
       <c r="E303" s="4" t="s">
-        <v>669</v>
+        <v>667</v>
       </c>
       <c r="F303" s="45" t="s">
         <v>665</v>
       </c>
     </row>
     <row r="304" spans="1:7">
       <c r="A304" s="4" t="s">
         <v>19</v>
       </c>
       <c r="B304" s="4" t="s">
         <v>604</v>
       </c>
       <c r="C304" s="4" t="s">
         <v>662</v>
       </c>
       <c r="D304" s="4" t="s">
-        <v>670</v>
+        <v>668</v>
       </c>
       <c r="E304" s="4" t="s">
-        <v>671</v>
+        <v>669</v>
       </c>
       <c r="F304" s="45" t="s">
         <v>665</v>
       </c>
     </row>
     <row r="305" spans="1:6">
       <c r="A305" s="4" t="s">
         <v>19</v>
       </c>
       <c r="B305" s="4" t="s">
         <v>604</v>
       </c>
       <c r="C305" s="4" t="s">
         <v>662</v>
       </c>
       <c r="D305" s="4" t="s">
-        <v>672</v>
+        <v>670</v>
       </c>
       <c r="E305" s="4" t="s">
-        <v>673</v>
+        <v>671</v>
       </c>
       <c r="F305" s="45" t="s">
         <v>665</v>
       </c>
     </row>
     <row r="306" spans="1:6">
       <c r="A306" s="4" t="s">
         <v>19</v>
       </c>
       <c r="B306" s="4" t="s">
         <v>604</v>
       </c>
       <c r="C306" s="4" t="s">
         <v>662</v>
       </c>
       <c r="D306" s="4" t="s">
-        <v>674</v>
+        <v>672</v>
       </c>
       <c r="E306" s="4" t="s">
-        <v>675</v>
+        <v>673</v>
       </c>
       <c r="F306" s="45" t="s">
         <v>665</v>
       </c>
     </row>
     <row r="307" spans="1:6">
       <c r="A307" s="4" t="s">
         <v>19</v>
       </c>
       <c r="B307" s="4" t="s">
         <v>604</v>
       </c>
       <c r="C307" s="4" t="s">
         <v>662</v>
       </c>
       <c r="D307" s="4" t="s">
-        <v>676</v>
+        <v>674</v>
       </c>
       <c r="E307" s="4" t="s">
-        <v>677</v>
+        <v>675</v>
       </c>
       <c r="F307" s="45" t="s">
         <v>665</v>
       </c>
     </row>
     <row r="308" spans="1:6">
       <c r="A308" s="4" t="s">
         <v>19</v>
       </c>
       <c r="B308" s="4" t="s">
         <v>604</v>
       </c>
       <c r="C308" s="4" t="s">
         <v>662</v>
       </c>
       <c r="D308" s="4" t="s">
-        <v>678</v>
+        <v>676</v>
       </c>
       <c r="E308" s="4" t="s">
-        <v>679</v>
+        <v>677</v>
       </c>
       <c r="F308" s="45" t="s">
         <v>665</v>
       </c>
     </row>
     <row r="309" spans="1:6">
       <c r="A309" s="4" t="s">
         <v>19</v>
       </c>
       <c r="B309" s="4" t="s">
         <v>604</v>
       </c>
       <c r="C309" s="4" t="s">
         <v>662</v>
       </c>
       <c r="D309" s="4" t="s">
-        <v>680</v>
+        <v>678</v>
       </c>
       <c r="E309" s="4" t="s">
-        <v>681</v>
+        <v>679</v>
       </c>
       <c r="F309" s="45" t="s">
         <v>665</v>
       </c>
     </row>
     <row r="310" spans="1:6">
       <c r="A310" s="4" t="s">
         <v>19</v>
       </c>
       <c r="B310" s="4" t="s">
         <v>604</v>
       </c>
       <c r="C310" s="4" t="s">
         <v>662</v>
       </c>
       <c r="D310" s="4" t="s">
-        <v>682</v>
+        <v>680</v>
       </c>
       <c r="E310" s="4" t="s">
-        <v>683</v>
+        <v>681</v>
       </c>
       <c r="F310" s="45" t="s">
         <v>665</v>
       </c>
     </row>
     <row r="311" spans="1:6">
       <c r="A311" s="4" t="s">
         <v>19</v>
       </c>
       <c r="B311" s="4" t="s">
         <v>604</v>
       </c>
       <c r="C311" s="4" t="s">
         <v>662</v>
       </c>
       <c r="D311" s="4" t="s">
-        <v>684</v>
+        <v>682</v>
       </c>
       <c r="E311" s="4" t="s">
-        <v>685</v>
+        <v>683</v>
       </c>
       <c r="F311" s="45" t="s">
         <v>665</v>
       </c>
     </row>
     <row r="312" spans="1:6">
       <c r="A312" s="4" t="s">
         <v>19</v>
       </c>
       <c r="B312" s="4" t="s">
         <v>604</v>
       </c>
       <c r="C312" s="4" t="s">
         <v>662</v>
       </c>
       <c r="D312" s="4" t="s">
-        <v>686</v>
+        <v>684</v>
       </c>
       <c r="E312" s="4" t="s">
-        <v>687</v>
+        <v>685</v>
       </c>
       <c r="F312" s="45" t="s">
         <v>665</v>
       </c>
     </row>
     <row r="313" spans="1:6">
       <c r="A313" s="4" t="s">
         <v>19</v>
       </c>
       <c r="B313" s="4" t="s">
         <v>604</v>
       </c>
       <c r="C313" s="4" t="s">
         <v>662</v>
       </c>
       <c r="D313" s="4" t="s">
-        <v>688</v>
+        <v>686</v>
       </c>
       <c r="E313" s="4" t="s">
-        <v>689</v>
+        <v>687</v>
       </c>
       <c r="F313" s="45" t="s">
         <v>665</v>
       </c>
     </row>
     <row r="314" spans="1:6">
       <c r="A314" s="4" t="s">
         <v>19</v>
       </c>
       <c r="B314" s="4" t="s">
         <v>604</v>
       </c>
       <c r="C314" s="4" t="s">
         <v>662</v>
       </c>
       <c r="D314" s="4" t="s">
-        <v>690</v>
+        <v>688</v>
       </c>
       <c r="E314" s="4" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="F314" s="45" t="s">
         <v>665</v>
       </c>
     </row>
     <row r="315" spans="1:6">
       <c r="A315" s="4" t="s">
         <v>19</v>
       </c>
       <c r="B315" s="4" t="s">
         <v>604</v>
       </c>
       <c r="C315" s="4" t="s">
         <v>662</v>
       </c>
       <c r="D315" s="4" t="s">
-        <v>692</v>
+        <v>690</v>
       </c>
       <c r="E315" s="4" t="s">
-        <v>693</v>
+        <v>691</v>
       </c>
       <c r="F315" s="45" t="s">
         <v>665</v>
       </c>
     </row>
     <row r="316" spans="1:6">
       <c r="A316" s="4" t="s">
         <v>19</v>
       </c>
       <c r="B316" s="4" t="s">
         <v>604</v>
       </c>
       <c r="C316" s="4" t="s">
         <v>662</v>
       </c>
       <c r="D316" s="4" t="s">
-        <v>694</v>
+        <v>692</v>
       </c>
       <c r="E316" s="4" t="s">
-        <v>695</v>
+        <v>693</v>
       </c>
       <c r="F316" s="45" t="s">
         <v>665</v>
       </c>
     </row>
     <row r="317" spans="1:6">
       <c r="A317" s="4" t="s">
-        <v>603</v>
+        <v>19</v>
       </c>
       <c r="B317" s="4" t="s">
-        <v>696</v>
+        <v>604</v>
       </c>
       <c r="C317" s="4" t="s">
-        <v>697</v>
+        <v>662</v>
       </c>
       <c r="D317" s="4" t="s">
-        <v>698</v>
+        <v>694</v>
       </c>
       <c r="E317" s="4" t="s">
-        <v>699</v>
+        <v>695</v>
       </c>
       <c r="F317" s="45" t="s">
         <v>665</v>
       </c>
     </row>
     <row r="318" spans="1:6">
       <c r="A318" s="4" t="s">
-        <v>21</v>
+        <v>603</v>
       </c>
       <c r="B318" s="4" t="s">
-        <v>700</v>
+        <v>696</v>
       </c>
       <c r="C318" s="4" t="s">
-        <v>701</v>
+        <v>697</v>
       </c>
       <c r="D318" s="4" t="s">
-        <v>702</v>
+        <v>698</v>
       </c>
       <c r="E318" s="4" t="s">
-        <v>703</v>
+        <v>699</v>
       </c>
       <c r="F318" s="45" t="s">
-        <v>142</v>
+        <v>665</v>
       </c>
     </row>
     <row r="319" spans="1:6">
       <c r="A319" s="4" t="s">
         <v>21</v>
       </c>
       <c r="B319" s="4" t="s">
         <v>700</v>
       </c>
       <c r="C319" s="4" t="s">
         <v>701</v>
       </c>
       <c r="D319" s="4" t="s">
-        <v>704</v>
+        <v>702</v>
       </c>
       <c r="E319" s="4" t="s">
-        <v>705</v>
+        <v>703</v>
       </c>
       <c r="F319" s="45" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="320" spans="1:6">
       <c r="A320" s="4" t="s">
         <v>21</v>
       </c>
       <c r="B320" s="4" t="s">
         <v>700</v>
       </c>
       <c r="C320" s="4" t="s">
         <v>701</v>
       </c>
       <c r="D320" s="4" t="s">
-        <v>706</v>
+        <v>704</v>
       </c>
       <c r="E320" s="4" t="s">
-        <v>707</v>
+        <v>705</v>
       </c>
       <c r="F320" s="45" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="321" spans="1:6">
       <c r="A321" s="4" t="s">
         <v>21</v>
       </c>
       <c r="B321" s="4" t="s">
         <v>700</v>
       </c>
       <c r="C321" s="4" t="s">
         <v>701</v>
       </c>
       <c r="D321" s="4" t="s">
-        <v>708</v>
+        <v>706</v>
       </c>
       <c r="E321" s="4" t="s">
-        <v>709</v>
+        <v>707</v>
       </c>
       <c r="F321" s="45" t="s">
         <v>142</v>
       </c>
     </row>
+    <row r="322" spans="1:6">
+      <c r="A322" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="B322" s="4" t="s">
+        <v>700</v>
+      </c>
+      <c r="C322" s="4" t="s">
+        <v>701</v>
+      </c>
+      <c r="D322" s="4" t="s">
+        <v>708</v>
+      </c>
+      <c r="E322" s="4" t="s">
+        <v>709</v>
+      </c>
+      <c r="F322" s="45" t="s">
+        <v>142</v>
+      </c>
+    </row>
   </sheetData>
-  <autoFilter ref="A3:F321" xr:uid="{00000000-0001-0000-0000-000000000000}">
-[...1 lines deleted...]
-      <sortCondition descending="1" ref="F3:F321"/>
+  <autoFilter ref="A3:F322" xr:uid="{00000000-0001-0000-0000-000000000000}">
+    <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A273:F318">
+      <sortCondition descending="1" ref="F3:F322"/>
     </sortState>
   </autoFilter>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A4:G289">
-[...3 lines deleted...]
-    <sortCondition ref="D4:D289"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A4:G290">
+    <sortCondition ref="A4:A290"/>
+    <sortCondition ref="B4:B290"/>
+    <sortCondition ref="C4:C290"/>
+    <sortCondition ref="D4:D290"/>
   </sortState>
   <phoneticPr fontId="15" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="8" scale="79" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;C&amp;1#&amp;"Calibri"&amp;10&amp;KFFEF00PRIVATE</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A2FD5FAF-B5F4-4AFD-BE8B-D80A4EAB97C1}">
   <dimension ref="A2:I58"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="9.140625" defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6.140625" customWidth="1"/>
     <col min="2" max="3" width="19.42578125" style="5" customWidth="1"/>
     <col min="4" max="4" width="1.5703125" customWidth="1"/>
     <col min="5" max="6" width="16.5703125" customWidth="1"/>
     <col min="7" max="7" width="1.5703125" customWidth="1"/>
     <col min="8" max="9" width="16.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:9" ht="15.75" customHeight="1">
       <c r="B2" s="9" t="s">
         <v>665</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="B3" s="10" t="s">
         <v>710</v>
       </c>
       <c r="C3" s="13" t="s">
         <v>711</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" s="12"/>
       <c r="B4" s="11" t="s">
@@ -11491,149 +11526,191 @@
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;C&amp;1#&amp;"Calibri"&amp;10&amp;KFFEF00PRIVATE</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<sisl xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns="http://www.boldonjames.com/2008/01/sie/internal/label" sislVersion="0" policy="404ce55e-d47d-4e22-b0f7-c3e46cb4e632" origin="userSelected"/>
-[...4 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a26e99c0-e6a8-40c0-8d50-052cf3a17e95" xmlns:ns3="a5b82fe9-bebd-4294-81d5-859b623a971c" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="9aee7b61f63cd4c2db9ae51f296604de" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100583FF5EFEF77014BB0BD3FC8611DD0EF" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="27edacb3b5d6afbf4bff5c2d5bfc78fa">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a26e99c0-e6a8-40c0-8d50-052cf3a17e95" xmlns:ns3="a5b82fe9-bebd-4294-81d5-859b623a971c" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b7ca213fb70639b7f236988beec41070" ns2:_="" ns3:_="">
     <xsd:import namespace="a26e99c0-e6a8-40c0-8d50-052cf3a17e95"/>
     <xsd:import namespace="a5b82fe9-bebd-4294-81d5-859b623a971c"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:dt" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="a26e99c0-e6a8-40c0-8d50-052cf3a17e95" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceKeyPoints" ma:index="11" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="dt" ma:index="12" nillable="true" ma:displayName="dt" ma:format="DateOnly" ma:internalName="dt">
       <xsd:simpleType>
         <xsd:restriction base="dms:DateTime"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="15" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="16" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="17" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="19" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="56448b7c-b198-4f3f-91b4-0f03f23d7cff" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="21" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="22" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="23" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="a5b82fe9-bebd-4294-81d5-859b623a971c" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="13" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="SharedWithDetails" ma:index="14" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="20" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{cd4494c9-efb6-4e0c-8ea0-91b945511698}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="a5b82fe9-bebd-4294-81d5-859b623a971c">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
@@ -11691,151 +11768,144 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</p:properties>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<sisl xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns="http://www.boldonjames.com/2008/01/sie/internal/label" sislVersion="0" policy="404ce55e-d47d-4e22-b0f7-c3e46cb4e632" origin="userSelected"/>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <dt xmlns="a26e99c0-e6a8-40c0-8d50-052cf3a17e95" xsi:nil="true"/>
+    <TaxCatchAll xmlns="a5b82fe9-bebd-4294-81d5-859b623a971c" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="a26e99c0-e6a8-40c0-8d50-052cf3a17e95">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FD8C1742-B0A3-4ACE-9C9C-F02C451380C6}"/>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5F5359E4-FEB8-4B5C-8238-953AD54B05B7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://www.boldonjames.com/2008/01/sie/internal/label"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CEEA6B90-62A6-4444-BAAC-23C71D663694}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D793B569-ECFF-4E82-AA56-EE2239D58F93}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...27 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D793B569-ECFF-4E82-AA56-EE2239D58F93}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A37C13A0-E561-459B-9639-25F263CFABC9}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="a5b82fe9-bebd-4294-81d5-859b623a971c"/>
+    <ds:schemaRef ds:uri="a26e99c0-e6a8-40c0-8d50-052cf3a17e95"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Worksheets</vt:lpstr>
+        <vt:lpstr>Regneark</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Named Ranges</vt:lpstr>
+        <vt:lpstr>Navngitte områder</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="7" baseType="lpstr">
       <vt:lpstr>Disclaimer</vt:lpstr>
       <vt:lpstr>Summary</vt:lpstr>
       <vt:lpstr>1_Product_list</vt:lpstr>
       <vt:lpstr>COB ticksize tables</vt:lpstr>
-      <vt:lpstr>'1_Product_list'!Print_Area</vt:lpstr>
-[...1 lines deleted...]
-      <vt:lpstr>Summary!Print_Area</vt:lpstr>
+      <vt:lpstr>'1_Product_list'!Utskriftsområde</vt:lpstr>
+      <vt:lpstr>'COB ticksize tables'!Utskriftsområde</vt:lpstr>
+      <vt:lpstr>Summary!Utskriftsområde</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Financial Derivatives tick sizes</dc:title>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy/>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>